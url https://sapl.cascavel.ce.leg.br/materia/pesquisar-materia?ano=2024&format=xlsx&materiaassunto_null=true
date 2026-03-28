--- v0 (2026-01-27)
+++ v1 (2026-03-28)
@@ -54,802 +54,802 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Tiago Lutiani Oliveira Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Mensagem de Veto ao Projeto de Lei N° 032/2024</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Augusto Filho, Flávio Cascavelense, Freitas da Saúde, Sebastião Uchoa</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1531/projeto_de_emenda_a_lom_n_001_2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1531/projeto_de_emenda_a_lom_n_001_2024.pdf</t>
   </si>
   <si>
     <t>Inclui o art. 17-A na Lei Orgânica do Município de Cascavel-CE que dispõe sobre o processo de transição governamental no âmbito da Prefeitura Municipal de Cascavel-CE.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1506/projeto_de_lei_complementar_n_001_2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1506/projeto_de_lei_complementar_n_001_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Regime de Previdência complementar municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1418/mensagem_e_projeto_de_lei_n__001_2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1418/mensagem_e_projeto_de_lei_n__001_2024.pdf</t>
   </si>
   <si>
     <t>Adequa os vencimentos dos servidores públicos do Município de Cascavel/Ce à remuneração do salário mínimo vigente, para o exercício financeiro de 2024.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1419/mensagem_e_projeto_de_lei_n_002_2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1419/mensagem_e_projeto_de_lei_n_002_2024.pdf</t>
   </si>
   <si>
     <t>Cria as funções gratificadas de Agente de Contratação, Comissão de Contratação, Gestor de Contrato e Fiscal de Contrato, dá outras providências.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1422/pl_003-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1422/pl_003-2024.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo III da Lei n. 1.846, de 03 de novembro de 2016 na forma que indica.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Institui no calendário Oficial de Eventos do Município de Cascavel o "Dia Municipal dos Papangus e Queima de Judas" anualmente na Comunidade de Mangabeira aos sábado de aleluia, assim como considera os "papangus e a queima de judas" como patrimônio cultural imaterial e dá outras providências</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Denomina a Rua Pedro Anastácio da Silva e dá outras providências.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Denomina a Rua Maria Célia Geronimo e dá outras providências.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1432/pl_007-20241.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1432/pl_007-20241.pdf</t>
   </si>
   <si>
     <t>Ajusta o salário base dos professionais do magistério da rede pública municipal de educação de Cascavel - CE, em regulamentação e atualização da Tabela de Vencimentos Base dos Cargos de Professores de Educação Básica I, II (PEB I e PEB II), nos termos do Anexo III, da Lei Municipal n° 1.708/2014, de 29.04.2014 (Novo Plano de Cargos, Carreira e Remuneração dos Profissionais da Educação Básica do Município de Cascavel - CE), conforme a Tabela Vencimento do Anexo Único, desta Lei, ao Piso nacional, e dá outras providências.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1433/pl_008-2024_2.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1433/pl_008-2024_2.pdf</t>
   </si>
   <si>
     <t>Estabelece a nova tabela de vencimento base, dos servidores efetivos de cargos de Técnico em Secretariado Escolar do Município de Cascavel/CE, e ratifica a fixação da data base anual de reajuste e recomposições salariais da categoria, e dá outras providências.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial na circunscrição do Município de Cascavel -CE, dos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE), nos termos da Emenda Constitucional n° 120/2022, e do Decreto Federal n° 11.864, de 27 de dezembro de 2023, que dispõe sobre o valor do salário mínimo a vigorar a partir de 1° de janeiro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1435/pl_010-20241.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1435/pl_010-20241.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração dos Conselheiros Tutelares do Município de Cascavel /CE, nos termos dos arts. 64 e 65, caput §§ 1° a 4°, da Lei Municipal n° 2.121/2023, de 03.04.2023, que dispõe sobre a sua estrutura e funcionamento, e dá outras providências</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1437/pl_011-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1437/pl_011-2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Rua Aldenir Ferreira Guimarães no Loteamento Planalto Novo Cascavel e dá outras providências.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1451/pl_012-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1451/pl_012-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Escola em Ensino Fundamental Municipal em Tempo Integral Professora Francisca Nancy Castro Lemos, localizada na comunidade de Curralinho, na zona rural, no Distrito de Guanacés, do Município e Comarca de Cascavel - Ceará, e dá outras providências</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1452/pl_013-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1452/pl_013-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro de Educação Infantil em Tempo Integral Professora Maria Miriam Rodrigues dos Santos, localizado na zona urbana, na comunidade da Sede do Distrito de Caponga, do Município e Comarca de Cascavel - Ceará, e dá outras providências.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1453/pl_014-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1453/pl_014-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os procedimentos de utilização dos recursos do FUNDEF, ano 2005 e 2006, REF ao Processo n. 0802202-26.2016.4.05.8100 em trâmite na 6ª Vara da Justiça Federal, na seção judiciária do Ceará, e dá outras providências</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1454/pl_015-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1454/pl_015-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a oferta de cursos na modalidade a distância, bem como dispõe sobre a implantação do Polo de Apoio Presencial no âmbito do Município de Cascavel/CE e dá outras providências</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1462/mensagem_e_projeto_de_lei_n_016_2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1462/mensagem_e_projeto_de_lei_n_016_2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal n. 1.104/2002 para adequação da função de Agente de Trânsito e Transporte, aprova o Plano de Cargos, Carreiras e Remuneração - PCCR, e dá outras providências.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1463/pl_017-2024_2.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1463/pl_017-2024_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o Exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Tiago Rocha</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1474/pl_018-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1474/pl_018-2024.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a Associação da Juventude Mariana Vicentina de Cascavel e dá outras providências</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1475/pl_019-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1475/pl_019-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder Executivo a firmar protocolo de intenções, referente à cessão de posse e futura doação de imóvel no Novo Distrito Industrial, com a destinação para instalação de sociedade empresária (filial/matriz), de razão social: PAULO 2ITO DE SOUSA, porte ME, com nome de fantasia ZILOOK MODA ÍNTIMA, inscrita no CNPJ: 22.741.382/0001-47 (matriz), pessoa jurídica de direito privado interno, para a instalação de empresa do ramo têxtil, de confecções e lingerie, no Município de Cascavel–CE, para geração de emprego e renda, e dá outras providências.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Flávio Cascavelense</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1476/pl_020-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1476/pl_020-2024.pdf</t>
   </si>
   <si>
     <t>Denomina a avenida artesão francisco Muniz de Souza e dá outras providências.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1477/pl_021-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1477/pl_021-2024.pdf</t>
   </si>
   <si>
     <t>Denomina a rua Maria Freire do Nascimento e dá outras providências</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Novo Construção</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1478/pl_022-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1478/pl_022-2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação as Ruas do Loteamento Jardins das Oliveiras e dá outras providências.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1482/pl_023-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1482/pl_023-2024.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de 05% sobre salário base, aos servidores públicos municipais de carreira, aos inativos e pensionistas, que não tenham piso vencimental definido em lei especifica, dá outras providências.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1487/pl_024-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1487/pl_024-2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Rua Maria Augusta Ferreira de Lima e dá outras providências</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1500/pl_025-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1500/pl_025-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder Executivo a firmar protocolo de intenções, referente à cessão de posse e futura doação de imóvel no Novo Distrito Industrial, com a destinação para instalação de sociedade empresária (filial/matriz), de razão social MARIA ANA CELIA DOS SANTOS, porte ME, com nome de fantasia PRÉ-MOLDADOS LITORÂNEA, inscrita no CNPJ: 48.792.351/0001-09 (matriz), pessoa jurídica de direito privado interno, para a instalação de empresa do ramo da construção civil, através de fabricação de pré-moldados, no Município de Cascavel - CE, com a finalidade de geração de emprego e renda, e dá outras providências.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1507/pl_026-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1507/pl_026-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de Gratificação por Trabalho Judicial (GTJ) para os servidores do Município de Cascavel - CE cedidos ao Poder Judiciário, ao Cartório Eleitoral e às Policia Civil e Militar, e dá outras providências.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1508/pl_027-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1508/pl_027-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a convalidação da criação da Biblioteca Pública do Município de Cascavel - CE, a sua denominação, e dá outras providências</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1509/pl_028-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1509/pl_028-2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal n° 1.715/2014, de 02 de junho de 2014, e cria dispositivos, em que autoriza o Município de Cascavel a firmar convênio de cooperação técnica-financeira com a Associação dos Universitários de Cascavel - AUC, e dá outras providências.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1510/pl_028-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1510/pl_028-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Escola em Ensino Fundamental Professor Maurício Santos Costa, localizada na comunidade de Curralinho, na zona rural, do Distrito de Guanacés, do Município e Comarca de Cascavel - Ceará, e dá outras providências.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1515/pl_030-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1515/pl_030-2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Unidade Básica de Saúde da Família - UBASF (Posto Sede), localizado na Rua Professor José Antônio de Queiroz de UBASF Enfermeira Jeane Borges Aguiar e dá outras providências.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Cascavel-Ce, a realizar doação do Estado do Ceará de Imóvel público para a construção de equipamento publico para a construção de equipamento público das políticas públicas de fomento à cultura. Denominado de Centro de Artes e Esportes Unificados - CÉU da CULTURA, e dá outras providências.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Augusto Filho, Beto Ramires, Flávio Cascavelense, Gleidson da Boa Água, Priscila Lima, Tiago Rocha</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1517/pl_032-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1517/pl_032-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o cumprimento do estatuído no inciso VI do art. 29-A da Constituição Federal para Legislatura seguinte (2025-2028) na forma que indica.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1519/pl_033-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1519/pl_033-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Cascavel/CE, inscrito no CNPJ/MF: 07.589.369/0001-20, a realizar doação de imóvel público, oriundo de desapropriação administrativa e judicial, ao Instituto Federal de Educação, Ciência e Tecnologia do Ceará (IFCE), pessoa jurídica de direito público, inscrito no CNPJ n° 10.744.098/0001-45, com a finalidade de viabilizar a construção e funcionamento de 01 (um) CAMPUS do IFCE de CASCAVEL/CE, no Distrito Sede da Municipalidade, e dá outras providências.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1520/mensagem_e_projeto_de_lei_no_034_2024_1.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1520/mensagem_e_projeto_de_lei_no_034_2024_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição da fixação dos subsídios dos cargos de Prefeito, Vice-Prefeito, Secretários Municipais e equivalentes, bem como define percentual de atualização para os cargos em comissão de segundo e terceiro escalação, para o Mandato de 2025/2028, nos termos do art. 29, caput, inciso VI; da Constituição da República Federativa do Brasil, de 05/10/1988 dá outras providências</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1529/mensgem_e_projeto_de_lei_n_036_2024_orcamento_2025.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1529/mensgem_e_projeto_de_lei_n_036_2024_orcamento_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estimativa da receita e fixação da despesa do Município de Cascavel para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1537/pl_037-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1537/pl_037-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece na Lei Orçamentária para o exercício de 2025, conta orçamentária para o pagamento de precatórios, em atendimento ao art. 100, § 5°, da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Dá denominações as Ruas na sede de Cascavel e dá outras providências.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Dá denominações as Ruas na sede de Cascavel e dá outras providências</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Augusto Filho</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1530/projeto_de__decreto_legilativo_n_001_2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1530/projeto_de__decreto_legilativo_n_001_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a sustação do Decreto Municipal nº 078/2024GAB/PMC/CE, de 09 de outubro de 2024, que regulamenta a Lei Municipal nº 1.597/2012 e dispõe sobre o processo de transição governamental do Poder Executivo do Município de Cascavel, na forma que indica.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Augusto Filho, Beto Ramires, Flávio Cascavelense, Freitas da Saúde, Gleidson da Boa Água, Novo Construção, Priscila Lima, Professor Erivan, Sebastião Uchoa, Tiago Rocha</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1456/pr_001-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1456/pr_001-2024.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos da Resolução n. 002, de 11 de dezembro de 2012, Regimento Interno da Câmara Municipal de Cascavel/CE a fim de normatizar sobre a Ata Eletrônica das Sessões Plenárias do Poder Legislativo Municipal de Cascavel na forma que indica.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1488/pr_002-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1488/pr_002-2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da lei n.º 13.709, de 14 de agosto de 2018 – lei geral de proteção de dados pessoais (LGPD), no âmbito da câmara municipal de cascavel - ce., e dá outras providências.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1489/pr_003-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1489/pr_003-2024.pdf</t>
   </si>
   <si>
     <t>Cria a escola do legislativo de cascavel, no âmbito da Câmara Municipal de Cascavel, e dá outras providências.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1423/ind_001-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1423/ind_001-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo Municipal a repassar, na forma de abono pecuniário, aos servidores públicos ocupantes de cargo de Agente de Combate às_x000D_
 Endemias (ACE), o incentivo financeiro transferido pela União, através do Ministério da Saúde ao Fundo Municipal de Saúde, do Município de Cascavel/CE, e dá outras providências.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>Professor Erivan</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1526/indicacao_n_002_2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1526/indicacao_n_002_2024.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a doação de áreas e imóveis às Igrejas de Cascavel na forma que indica.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Sebastião Uchoa</t>
   </si>
   <si>
     <t>Requer envio de moção de pesar, pelo falecimento ocorrido no dia 05 de Fevereiro de 2024.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>Sebastião Uchoa, Beto Ramires, Flávio Cascavelense, Tiago Rocha</t>
   </si>
   <si>
     <t>Requer manifestação de repúdio a empresa Enel Brasil, pelo descaso e os péssimos serviços presados no financiamento de energia elétrica em anexo município, principalmente no período de carnaval de 2024.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>Requer a iluminação publica para a Rua Evangelista Brideiro na localidade de Barbalho.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1431/req_004-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1431/req_004-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de moção de pesar a familia do Sr.João Ciríaco da Silva.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>Requer que seja perfurado um poço profundo para a Creche C.E.I. Professor Adriano de Souza Nogueira, situado na travessa Nova Geração.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1438/req_006-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1438/req_006-2024.pdf</t>
   </si>
   <si>
     <t>Requer a inclusão do Loteamento SOLAR Cascavel (Bairro Sítio Boa Fé), no atendimento dos correios (entrega de correspondências) na referida localidade e informe ao posto de nossa cidade a necessidade do atendimento no local.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1439/req_007-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1439/req_007-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de Votos de Pesar à família da sra. Francimar Nascimento Araújo na forma que indica.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1446/req_008-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1446/req_008-2024.pdf</t>
   </si>
   <si>
     <t>Requer a manuntenção da estrada do Serrote.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1440/req_009-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1440/req_009-2024.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção da estrada da Lagoa de Sousa I e II.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1445/req_010-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1445/req_010-2024.pdf</t>
   </si>
   <si>
     <t>Requer a manuntenção da estrada do jatobá II.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1444/req_011-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1444/req_011-2024.pdf</t>
   </si>
   <si>
     <t>Requer a manuntenção das estradas na comunidade de Baixio dos Macarios.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1443/req_012-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1443/req_012-2024.pdf</t>
   </si>
   <si>
     <t>Requer com urgência a situação do agente de saúde para do Baixios dos Macarios.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1441/req_013-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1441/req_013-2024.pdf</t>
   </si>
   <si>
     <t>Requer com urgência, o atendimento médico para a comunidade dos Baixios dos Macarios, onde existe relatos que a sete meses não tem atendimento médico.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1442/req_014-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1442/req_014-2024.pdf</t>
   </si>
   <si>
     <t>Requer com urgência o envio do carro Fumacê na Praia de Barra Nova.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>Priscila Lima</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1455/req_015-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1455/req_015-2024.pdf</t>
   </si>
   <si>
     <t>Requer a perfuração de um poço profundo na Comunidade de Barra Nova.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1457/req_016-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1457/req_016-2024.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza do terreno e da cacimba do terreno do Morro da Paz na Praia de Barra Nova, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1458/req_017-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1458/req_017-2024.pdf</t>
   </si>
   <si>
     <t>Requer a troca de lâmpadas dos postes da localidade de Barra Velha, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1459/req_018-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1459/req_018-2024.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza da rua principal da Comunidade do Sítio Higino, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1460/req_019-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1460/req_019-2024.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza da Rua Pedro de Souza, no Distrito de Jacarecoara, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1461/req_020-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1461/req_020-2024.pdf</t>
   </si>
   <si>
     <t>Requer um espaço para estacionamento de ônibus na Praia de Barra Nova, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>Requer o envio de votos de profundo pesar pelo falecimento do Senhor Jefferson Santana da Silva, dando-se ciência desta deliberação à família enlutada.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>Freitas da Saúde</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao DETRAN-CE e ao Tribunal de Contas do Estado do Ceará - TCE-CE, solicitando uma vistoria na frota de veículos locados no Município de Cascavel - CE.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>Solicitando as vistorias realizadas na frota do transporte escolar pelos órgãos municipais ou estadual de trânsito nos anos de 2023 e 2024.</t>
   </si>
@@ -880,495 +880,495 @@
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>Solicitando um redutor de velocidade na CE 253 na entrada da localidade da Barra Velha neste Município.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>Solicitando roço no acostamento da entrada da estrada que liga a Localidade de Barra Velha.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>Solicitando conserto da iluminação do Estádio Municipal Antônio Estite.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>Freitas da Saúde, Beto Ramires, Flávio Cascavelense, Novo Construção, Professor Erivan, Sebastião Uchoa, Tiago Rocha</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1479/req_033-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1479/req_033-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de voto de pesar a família do Sr.Odilo Maia Moura pelo seu falecimento ocorrido no dia 05 de MAIO de 2024.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1480/req_034-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1480/req_034-2024.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza e manutenção para a Rua Nossa Senhora do Carmo no bairro Morada Leste</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1481/req_035-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1481/req_035-2024.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção da estrada do Choró Serrote.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1483/req_036-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1483/req_036-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de expediente ao IDACE (Instituto do Desenvolvimento Agrário do Estado do Ceará), solicitando informações sobre a regulariazação dos títulos de terre no Município de Cascavel/CE.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1484/req_037-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1484/req_037-2024.pdf</t>
   </si>
   <si>
     <t>Requer o cumprimento do Requerimento n. 032/2024, aprovado por esta Casa no dia 30 de abril deste, o qual solicita o conserto da iluminação do Estadio Municipal Antonio Estite.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1485/req_038-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1485/req_038-2024.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma Areninha ou uma quadra poliesportiva na Comunidade da Bica.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1486/req_039-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1486/req_039-2024.pdf</t>
   </si>
   <si>
     <t>Requer o conserto dos equipamentos da academia ao ar livre na Praça Izaú Benício Sampaio.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Professor Erivan, Flávio Cascavelense, Novo Construção, Priscila Lima</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1490/req_040-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1490/req_040-2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício à família do Senhor Francisco de Assis Azevedo Bessa (Chico do Health), comunicando Voto de Pesar, pelo seu falecimento ocorrido no dia 19 de maio de 2024.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1491/req_041-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1491/req_041-2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Tiago Lutiani Oliveira Ribeiro - Prefeito Municipal de Cascavel/CE, com cópia para o Secretário de Obras de Cascavel/CE, solicitando com urgência conserto da iluminação pública do Sítio São José.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Priscila Lima, Beto Ramires, Flávio Cascavelense, Professor Erivan</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1492/req_042-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1492/req_042-2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício à família da Senhora Regina Maria Floriano, comunicando Voto de Pesar, pelo seu falecimento ocorrido no dia 12 de MAIO de 2024.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Solicitando com urgência uma limpeza e roço no Estádio da Caponga.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Solicita conserto da iluminação do Estádio Municipal Antônio Estite.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Solicitando informações de como se encontra um terreno que foi desapropriado conforme o Decreto N° 20/2005, que desapropria o imóvel de propriedade do Sr. João Cipriano na localidade do Coaçu, para construção da pista de pouso para aeronave</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1498/req_0046.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1498/req_0046.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Tiago Lutiani Oliveira Ribeiro - Prefeito de Cascavel–CE, com cópia para o Secretário de Obras de Cascavel–CE, solicitando conserto das bombas do abastecimento d'água no distrito de Jacarecoara.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1497/req_0047.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1497/req_0047.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas sobre as receitas e despesas do matadouro público, bem como a guia bancária de recolhimento dos referidos recursos, referente ao período de 2023 até maio de 2024.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Gleidson da Boa Água, Flávio Cascavelense</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1505/req_048-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1505/req_048-2024.pdf</t>
   </si>
   <si>
     <t>Solicita com urgência a recuperação da Rua Damião Coco, no Bairro Planalto Novo Cascavel. A referida rua encontra-se com muitas erosões prejudicando o tráfego de pedestre e veículos.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1504/req_049-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1504/req_049-2024.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção da rua principal da comunidade da Bica, pois o carro do lixo não consegue passa, prejudicando a coleta do lixo da comunidade, solicita também a melhoria na iluminação pública da referida rua, pois a mesma encontra-se às escuras.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1499/req_0050.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1499/req_0050.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Excelentíssimo Senhor José Marcos Ferreira Guimarães - Secretário de Infraestrutura do Município, solicitando com urgência uma limpeza na Rua Joaquim Evangelista, no Parque Juarez Queiroz, nas proximidades da igreja evangélica.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1496/req_0051.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1496/req_0051.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Excelentíssimo Senhor José Marcos Ferreira Guimarães - Secretário de Infraestrutura do Município, solicitando a inclusão do loteamento Sol Nascente na coleta do lixo do nosso município, pois não passa carro do lixo no refeito loteamento</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1501/req_052-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1501/req_052-2024.pdf</t>
   </si>
   <si>
     <t>Solicita com urgência a manutenção do caminhão compactador do lixo placa LPJ 0670.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1502/req_053-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1502/req_053-2024.pdf</t>
   </si>
   <si>
     <t>Solicita providências no sentido de coibir invasões de terras nas seguintes áreas públicas: 1- Terreno na localidade do CHORÓ UMARÍ - que foi desapropriado para construção de um açude público, 2 - Terreno na localidade do Mataquiri - que foi desapropriado para implantação do aterro sanitário da cidade de Cascavel,</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1503/req_054-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1503/req_054-2024.pdf</t>
   </si>
   <si>
     <t>Solicita com urgência, uma reforma geral do prédio do Demutran.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1511/req_055-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1511/req_055-2024.pdf</t>
   </si>
   <si>
     <t>Requer as informações detalhadas sobre as receitas e despesas "Movimentação Financeira" relacionadas à Feira de Cascavel denominada de "Feira de São Bento", referentes ao período de janeiro de 2023 até maio de 2024</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1512/req_056-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1512/req_056-2024.pdf</t>
   </si>
   <si>
     <t>Solicita calçamento para a Avenida das Hortênsias no Espaço Nobre.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1513/req_057-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1513/req_057-2024.pdf</t>
   </si>
   <si>
     <t>Requer com urgência conserto da ponte de madeira que fica na entrada d localidade da Caponga.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1514/req_058-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1514/req_058-2024.pdf</t>
   </si>
   <si>
     <t>Requer envio de ofício ao governo do Estado do Ceará solicitando a convocação dos 3.500 habilitados (excedentes) do concurso da PMCE 2022;</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1518/req_059-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1518/req_059-2024.pdf</t>
   </si>
   <si>
     <t>Solicita a inclusão no rol de reformas do município, o prédio da Unidade de Apoio à Saúde do Balbino (UPS BALBINO), localizado na Avenida João Balbino, na comunidade de Balbino.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1522/requerimento_n_060_2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1522/requerimento_n_060_2024.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça na proximidade da Igreja Santo Expedito, na localidade do Sítio Higino, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Requer a recuperação da estrada da localidade do Baixio dos Macarios.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Requer a recuperação dos calçamentos do Distrito de Jacarecoara</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Gleidson da Boa Água</t>
   </si>
   <si>
     <t>Requer o envio de votos de Pesar ao Sr. Ezaquias Falcão na forma que indica.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1527/requerimento_n_064_2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1527/requerimento_n_064_2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio da relação de todos os servidores contratados pelo Município de Cascavel de janeiro a agosto de 2024 na forma que indica.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1528/requerimento_n_065_2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1528/requerimento_n_065_2024.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação da extensão de abastecimento de água do Choró Passagem do Franco I, passando pelas localidades de Pedra Redonda I, Choró Carnaúbas I até o Choró Vaquejador.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio à família da Sra. Maria Violeta Rodrigues Abintes, comunicando Voto de Pesar, pelo falecimento ocorrido no dia 13 de setembro de 2024.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio à família da Sra. Francisca Antônisia da Silva Fernandes, comunicando Voto de Pesar, pelo falecimento ocorrido no dia 14 de setembro de 2024.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1534/req_068-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1534/req_068-2024.pdf</t>
   </si>
   <si>
     <t>Requer a sinalização do asfalto das Ruas do Distrito dos Cristais.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Professor Adeíldo</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1535/req_069-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1535/req_069-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de Votos de Pesar à família da sra. Damiana Braga Ferreira, por seu falecimento recente.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1536/req_070-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1536/req_070-2024.pdf</t>
   </si>
   <si>
     <t>Requer o envio de votos de pesar pelo falecimento do sr. José Augusto Mariano Pedro da Silva, pelo seu recente falecimento.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1538/req_072-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1538/req_072-2024.pdf</t>
   </si>
   <si>
     <t>Requer a convocação da secretária de saúde do município de Cascavel, para prestação de informações sobre a atual situação da saúde do município de Cascavel.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1539/req_073-2024.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1539/req_073-2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício à família do senhor Evaldo Felício de Souza, comunicando Voto de Pesar pelo falecimento de seu familiar, no dia 22 de novembro de 2024.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Requer envio de moção de pesar a Família Pedro Felipe da Cunha.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Requer o envio de moção de pesar a família do Sr.Fabiano Pacheco Costa.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
@@ -1705,67 +1705,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1531/projeto_de_emenda_a_lom_n_001_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1506/projeto_de_lei_complementar_n_001_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1418/mensagem_e_projeto_de_lei_n__001_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1419/mensagem_e_projeto_de_lei_n_002_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1422/pl_003-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1432/pl_007-20241.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1433/pl_008-2024_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1435/pl_010-20241.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1437/pl_011-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1451/pl_012-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1452/pl_013-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1453/pl_014-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1454/pl_015-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1462/mensagem_e_projeto_de_lei_n_016_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1463/pl_017-2024_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1474/pl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1475/pl_019-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1476/pl_020-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1477/pl_021-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1478/pl_022-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1482/pl_023-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1487/pl_024-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1500/pl_025-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1507/pl_026-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1508/pl_027-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1509/pl_028-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1510/pl_028-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1515/pl_030-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1517/pl_032-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1519/pl_033-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1520/mensagem_e_projeto_de_lei_no_034_2024_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1529/mensgem_e_projeto_de_lei_n_036_2024_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1537/pl_037-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1530/projeto_de__decreto_legilativo_n_001_2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1456/pr_001-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1488/pr_002-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1489/pr_003-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1423/ind_001-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1526/indicacao_n_002_2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1431/req_004-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1438/req_006-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1439/req_007-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1446/req_008-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1440/req_009-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1445/req_010-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1444/req_011-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1443/req_012-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1441/req_013-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1442/req_014-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1455/req_015-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1457/req_016-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1458/req_017-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1459/req_018-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1460/req_019-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1461/req_020-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1479/req_033-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1480/req_034-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1481/req_035-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1483/req_036-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1484/req_037-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1485/req_038-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1486/req_039-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1490/req_040-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1491/req_041-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1492/req_042-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1498/req_0046.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1497/req_0047.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1505/req_048-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1504/req_049-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1499/req_0050.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1496/req_0051.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1501/req_052-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1502/req_053-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1503/req_054-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1511/req_055-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1512/req_056-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1513/req_057-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1514/req_058-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1518/req_059-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1522/requerimento_n_060_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1527/requerimento_n_064_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1528/requerimento_n_065_2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1534/req_068-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1535/req_069-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1536/req_070-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1538/req_072-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1539/req_073-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1531/projeto_de_emenda_a_lom_n_001_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1506/projeto_de_lei_complementar_n_001_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1418/mensagem_e_projeto_de_lei_n__001_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1419/mensagem_e_projeto_de_lei_n_002_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1422/pl_003-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1432/pl_007-20241.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1433/pl_008-2024_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1435/pl_010-20241.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1437/pl_011-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1451/pl_012-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1452/pl_013-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1453/pl_014-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1454/pl_015-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1462/mensagem_e_projeto_de_lei_n_016_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1463/pl_017-2024_2.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1474/pl_018-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1475/pl_019-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1476/pl_020-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1477/pl_021-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1478/pl_022-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1482/pl_023-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1487/pl_024-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1500/pl_025-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1507/pl_026-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1508/pl_027-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1509/pl_028-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1510/pl_028-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1515/pl_030-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1517/pl_032-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1519/pl_033-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1520/mensagem_e_projeto_de_lei_no_034_2024_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1529/mensgem_e_projeto_de_lei_n_036_2024_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1537/pl_037-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1530/projeto_de__decreto_legilativo_n_001_2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1456/pr_001-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1488/pr_002-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1489/pr_003-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1423/ind_001-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1526/indicacao_n_002_2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1431/req_004-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1438/req_006-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1439/req_007-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1446/req_008-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1440/req_009-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1445/req_010-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1444/req_011-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1443/req_012-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1441/req_013-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1442/req_014-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1455/req_015-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1457/req_016-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1458/req_017-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1459/req_018-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1460/req_019-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1461/req_020-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1479/req_033-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1480/req_034-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1481/req_035-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1483/req_036-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1484/req_037-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1485/req_038-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1486/req_039-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1490/req_040-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1491/req_041-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1492/req_042-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1498/req_0046.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1497/req_0047.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1505/req_048-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1504/req_049-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1499/req_0050.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1496/req_0051.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1501/req_052-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1502/req_053-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1503/req_054-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1511/req_055-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1512/req_056-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1513/req_057-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1514/req_058-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1518/req_059-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1522/requerimento_n_060_2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1527/requerimento_n_064_2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1528/requerimento_n_065_2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1534/req_068-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1535/req_069-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1536/req_070-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1538/req_072-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2024/1539/req_073-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="150.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>