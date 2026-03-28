--- v0 (2026-01-27)
+++ v1 (2026-03-28)
@@ -54,3585 +54,3585 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Tiago Lutiani Oliveira Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/767/veto_n._001-2019_pl_0013-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/767/veto_n._001-2019_pl_0013-2019.pdf</t>
   </si>
   <si>
     <t>Veta parcialmente o Projeto de Lei n. 0013/2019 em seu § 3º do art. 45 na forma que indica.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/929/veto_n._002-2019_pl_0042-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/929/veto_n._002-2019_pl_0042-2019.pdf</t>
   </si>
   <si>
     <t>Veta a Emenda do Relator da Comissão de Leis, Justiça e Redação que modificou a dotação orçamentária da Câmara Municipal de Cascavel, na forma que indica.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/938/veto_n._003-2019_pl_0043-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/938/veto_n._003-2019_pl_0043-2019.pdf</t>
   </si>
   <si>
     <t>Resolve vetar integralmente o Projeto de Lei n. 0043/2019 na forma que indica.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/947/veto_n._004-2019_pl_0044-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/947/veto_n._004-2019_pl_0044-2019.pdf</t>
   </si>
   <si>
     <t>Resolve vetar integralmente o Projeto de Lei n. 0044/2019 que: "Autoriza a Loja Maçônica Deus, Paz e Amor n. 31 a utilizar espaço público para a colocação de monumento (Obelisco) e dá outras providências", de autoria do Vereador Alberto Pompeu.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Francisca Ivonete Mateus Pereira</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/885/pl_0001-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/885/pl_0001-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção de cargos do quadro de pessoal do Poder Executivo do Município de Cascavel e dá outras providências.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/649/649_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 887/98 QUE ESTABELECE DIRETRIZES BÁSICAS PARA A POLÍTICA DE ATENDIMENTO INTEGRAL À CRIANÇA E AO ADOLESCENTE DO MUNICÍPIO DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/653/653_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DO RECURSO PROVENIENTE DO INCENTIVO "TODOS CONTRA O MOSQUITO"DESTINADO ÀS AÇÕES DE VIGILÂNCIA E CONTROLE DAS ARBOVIROSES DO MUNICÍPIO DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/654/654_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 1.811, DE 14 DE DEZEMBRO DE 2015, PARA FINS DE ESTABELECER NOVO PISO SALARIAL PARA OS ACS E ACE DO MUNICÍPIO DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/655/655_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A DELEGAR A PRESTAÇÃO DOS SERVIÇOS PÚBLICOS  DE ABASTECIMENTO DE ÁGUA E ESGOTAMENTO SANITÁRIO NAS LOCALIDADES DE PEQUENO PORTE DO MUNICI&amp;#769;PIO DE CASCAVEL/CE AO SISTEMA INTEGRADO DE SANEAMENTO RURAL DA BACIA HIDROGRÁFICA DA REGIÃO METROPOLITANA DE FORTALEZA - SISAR - METROPOLITANO E SUAS FILIADAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Joaquim Filho</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/677/677_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA A DISPONIBILIZAÇÃO DE FATURAS DE COBRANÇAS DE SERVIÇOS PÚBLICOS MUNICIPAIS EM LEITURA EM BRAILE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/675/675_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE A OBRIGATORIEDADE DA REALIZAÇÃO DE CURSOS DE PRIMEIROS SOCORROS E PREVENÇÃO DE ACIDENTES A PELO MENOS UM FUNCIONÁRIO DAS ESCOLAS, CRECHES OU CENTROS DE EDUCAÇÃO INFANTIL INSTALADOS NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/676/676_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REAJUSTE SALARIAL AOS PROFESSORES DE EDUCAÇÃO BÁSICA DO MAGISTÉRIO MUNICIPAL DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/678/678_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE REAJUSTE SALARIAL AOS SECRETÁRIOS ESCOLARES DO MUNICÍPIO DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Alex do Zumbi</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/667/667_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÕES AS RUAS DO LOTEAMENTO NA LOCALIDADE DO ZUMBI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Gleidson da Boa Água</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/668/668_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 10 DA LEI MUNICIPAL N° 1773/2015 - CRIA O CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Aílton Dantas</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/669/669_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA A CASA DE RECUPERAÇÃO MONTE SIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Sebastião Uchôa</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/691/pl_0013-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/691/pl_0013-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o exercício de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/692/pl_0014-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/692/pl_0014-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominação a prédios públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Marcio do Brito</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/693/pl_0015-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/693/pl_0015-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de Dom Maurício a Praça Pública da Sede do Município de Cascavel na forma que indica.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/698/pl_0016-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/698/pl_0016-2019.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Cascavelense ao Senhor Flávio Guilherme Freire Nojosa e dá outras providências.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Rodrigo Magazine</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/736/pl_0017-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/736/pl_0017-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominações as RUAS JÚLIO NUNES V/EIRA e MANOEL GOMES DA SILVA na Comunidade do Coaçu e dá outras providências.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/763/pl_0018-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/763/pl_0018-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominação a AVENIDA RAIMUNDO NONATO DANTAS no Distrito de Guanacés e dá outras providências.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/764/pl_0019-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/764/pl_0019-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Cascavel a firmar convênio de cooperação técnico-financeira com a Associação Cascavelense de Desporto (ACD) e dá outras providências.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/765/pl_0020-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/765/pl_0020-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a doação financeira a Associações Culturais sem fins lucrativos realizadoras de projetos de quadrilhas juninas e dá outras providências.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/778/pl_0021-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/778/pl_0021-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominações às Rua da Comunidade de Boa Vista e dá outras providências.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/805/pl_0022-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/805/pl_0022-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de convênio de cooperação com o Estado do Ceará para a gestão associada do serviço público de saneamento básico e dá outras providências.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/766/pl_0023-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/766/pl_0023-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua Raimundo de Castro Moura na Sede do Município de Cascavel e dá outras providências.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/804/pl_0024-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/804/pl_0024-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal (REFIS) no Município de Cascavel/CE, eleva o piso para a execução da dívida ativa e dá outras providências.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/803/pl_0025-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/803/pl_0025-2019.pdf</t>
   </si>
   <si>
     <t>Institui incentivo complementar ao SUS para o funcionamento da emergência e a realização de cirurgias obstétricas no Hospital e Maternidade Nossa Senhora das Graças, Município de Cascavel e dá outras providências.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/776/pl_0026-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/776/pl_0026-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema de Controle Interno do Município de Cascavel e dá outras providências.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/777/pl_0027-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/777/pl_0027-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema de Ouvidoria do Município de Cascavel e dá outras providências.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/773/pl_0028-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/773/pl_0028-2019.pdf</t>
   </si>
   <si>
     <t>Considera de Utilidade Pública a ASSOCIAÇÃO DOS CONFECCIONISTAS DO LITORAL LESTE e dá outras providências.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/819/pl_0029-2019_r4JYVRl.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/819/pl_0029-2019_r4JYVRl.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a formação humanística na educação infantil, adequada às metas do Plano Municipal de Ensino, com a regulamentação da formação continuada de professores da rede pública municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/820/pl_0030-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/820/pl_0030-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal (REFIS) no Município de Cascavel , eleva o piso para a execução da dívida ativa e dá outras providências.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/806/pl_0031-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/806/pl_0031-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Cascavel a firmar termo de colaboração com a unidade de saúde hospitalar Vicentina Margarida Naseau - Hospital Maternidade Nossa Senhora das Graças e dá outras providências.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/821/pl_0032-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/821/pl_0032-2019.pdf</t>
   </si>
   <si>
     <t>Dá o Título de Cidadão Cascavelense ao senhor Idilvan de Lima Alencar na forma que indica</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/822/pl_0034-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/822/pl_0034-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Auxílio Alimentação para Motoristas da atenção primário e/ou secundária de saúde, que trabalham em regime de plantão e dá outras providências.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/855/pl_0035-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/855/pl_0035-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominações as Ruas na Sede do Município e dá outras providências.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/856/pl_0036-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/856/pl_0036-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominações a Avenida, Rua e Travessa na Sede do Município e dá outras providências.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/857/pl_0037-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/857/pl_0037-2019.pdf</t>
   </si>
   <si>
     <t>Dá Titulo de Cidadã Cascavelense a Senhora Fábia Napoleão Andrade e da outras providências</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/854/pl_0038-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/854/pl_0038-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominações as Ruas Francisco Lopes da Silva e Dedá Bixinho na Comunidade do Coaçu e dá outras providências.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/859/pl_0039-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/859/pl_0039-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse mensal de incentivo aos Agente Comunitários de saúde de Cascavel-CE, e da outras providencias</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/858/pl_0040-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/858/pl_0040-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 1.975/2019 que institui auxílio alimentação para motoristas da atenção primária e/ou secundária de saúde, que trabalham em regime de plantão e dá outras providências.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/860/pl_0041-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/860/pl_0041-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a empresa Interlândia LTDA., a oferecer imóvel doado por este Município em garantia de financiamento e dá outras providências.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/897/pl_0042-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/897/pl_0042-2019.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Cascavel para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Sebastião Uchoa</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/913/pl_0043-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/913/pl_0043-2019.pdf</t>
   </si>
   <si>
     <t>Regulamenta a proteção aos animais prevista no artigo 225, §1º, inc. VII, da Constituição Federal no âmbito do Município de Cascavel/CE e dá outras providências.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Alberto do Pompeu</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/917/pl_0044-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/917/pl_0044-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a Loja Maçônica Deus, Paz e Amor n. 31 a utilizar espaço público para a colocação de monumento (Obelisco) e dá outras providências.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/925/pl_0045-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/925/pl_0045-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominações as Ruas e Avenida do Loteamento Alto Luminoso na Sede do Município e dá outras providências.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Don Beto</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/926/pl_0046-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/926/pl_0046-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominações as Ruas e Travessa na Sede do Município e dá outras providências.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/927/pl_0047-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/927/pl_0047-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominação a Rua Osmail Miranda Monteiro na Sede do Município e dá outras providências.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/928/pl_0048-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/928/pl_0048-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominações as Ruas no loteamento Solar Nobre na Sede do Município e dá outras providências.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/930/pl_0049-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/930/pl_0049-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n. 1716/2014 que institui auxílio-fiscalização aos servidores do Município de Cascavel em atuação na feira de São Bento, realizada em Cascavel aos sábados, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/940/pl_0050-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/940/pl_0050-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua José Lopes dos Santos, no Distrito de Caponga e dá outras providências.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/939/pl_0051-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/939/pl_0051-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Qualificação de entidades como Organizações Sociais e dá outras providências.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/943/pl_0040-2018.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/943/pl_0040-2018.pdf</t>
   </si>
   <si>
     <t>Dá denominações às Ruas e Avenidas do Loteamento Eldorado na Sede do Município e dá outras providências.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/953/pl_0053-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/953/pl_0053-2019.pdf</t>
   </si>
   <si>
     <t>Prorroga o Programa de Recuperação Fiscal - REFIS no Município de Cascavel/CE, de que trata a Lei Municipal n. 1.973, de 15 de agosto de 2019 para o exercício do ano de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/954/pl_0054-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/954/pl_0054-2019.pdf</t>
   </si>
   <si>
     <t>Estabelece a nova tabela dos vencimentos dos cargos de Secretário Escolar do Município de Cascavel, e dá outras providências.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/955/pl_0055-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/955/pl_0055-2019.pdf</t>
   </si>
   <si>
     <t>Institui a Gratificação de Formação aos servidores da Guarda Municipal do Município de Cascavel/CE, e dá outras providências.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/650/650_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONCESSÃO DE REAJUSTE DEFINIDO PELO MINISTÉRIO DA EDUCAÇÃO AOS PROFISSIONAIS DA EDUCAÇÃO DE CASCAVEL.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/651/651_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RESTAURAÇÃO DO CALÇADÃO DO BAIRRO MALVINAS NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/652/652_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE APARELHOS PARA EXERCÍCIOS DE GINÁSTICAS E MUSCULAÇÃO NA PRAÇA DA LOCALIDADE DE ÁGUAS BELAS.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/656/656_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFÍCIO A COGERH - COMPANHIA DE GESTÃO DOS RECURSOS HÍDRICOS, SOLICITANDO QUE SEJA FEITA A RECUPERAÇÃO DA PONTE NA LOCALIDADE DO BRITO DO CANAL DO TRABALHADOR.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/657/657_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO À FAMÍLIA DA SENHORA DIJANIRA PAIVA SANTANA, COMUNICANDO VOTO DE PESAR, PELO SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/658/658_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLANTAÇÃO IMEDIATA DE UMA DELEGACIA DA MULHER NO MUNICÍPIO DE CASCAVEL -CEARÁ.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>Priscila Lima</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/659/659_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO ILMO. SENHOR SECRETÁRIO DE OBRAS DO MUNICÍPIO DE CASCAVEL, SOLICITANDO MELHORIA PARA A ESTRADA DA LOCALIDADE DE MATA QUIRI.J-ESTA VIA ENCONTRA-SE QUASE INTRANSITÁVEL, CAUSANDO ASSIM TRANSTORNOS AOS QUE ALI TRAFEGAM.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/660/660_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO ILMO. SENHOR SECRETÁRIO DE OBRAS DO MUNICÍPIO DE CASCAVEL, SOLICITANDO MELHORIA PARA A ESTRADA DA LOCALIDADE DO COAÇÚ, ESTA VIA ENCONTRA-SE INTRANSITÁVEL, CAUSANDO ASSIM TRANSTORNOS AOS QUE ALI TRAFEGAM.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/661/661_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/662/662_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RESTAURAÇÕES DA VIA QUE LIGA A COMUNIDADE DE BOA ÁGUA À COMUNIDADE DO SITIO NEVES PASSANDO PELA COMUNIDADE DE COQUEIRO, POIS A MESMA ENCONTRA-SE EM PÉSSIMO ESTADO.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/663/663_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RESTAURAÇÕES DAS RUAS NO BAIRRO DA MATA QUIRI. SEGUE RELAÇÃO DAS RUAS COM COPIAS DE IMAGEM DAS MESMAS.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/664/664_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA PASSAGEM (PONTIÃO) NA LOCALIDADE DE CHORO CARAUBA.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/665/665_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MELHORIA PARA AS RUAS DO LOTEAMENTO ESPAÇO NOBRE, ESTAS VIAS ENCONTRAM-SE ESBURACADAS, CAUSANDO ASSIM TRANSTORNOS AOS QUE ALI TRAFEGAM.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/666/666_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO ILMO. SENHOR SECRETÁRIO DE OBRAS DO MUNICÍPIO DE CASCAVEL, SOLICITANDO CALÇAMENTO PARA A RUA ISAC BENICIO NO DISTRITO DE GUANACES, A RUA QUE SE ENCONTRA A CRECHE HILDA DANTAS.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>Clenilson do Mucura</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/670/670_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CALÇAMENTO PARA A RUA INÁCIO XAVIER NO BAIRRO DO MUTIRÃO.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/671/671_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A LIMPEZA NAS IMEDIAÇÕES DO AÇUDE DE PITOMBEIRAS.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/672/672_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AUTORIZAÇÃO PARA SE AUSENTAR DO PAÍS NO PERÍODO 27 DE MARÇO DE 2019 À 05 ABRIL DE 2019 DO CORRENTE ANO, CONFORME ARTIGO 48° DA LEI ORGÂNICA DO MUNICÍPIO - LOM.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/673/673_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DA ESTRADA QUE SEGUE DO CHORO VAQUEJADOR , CHORO JATOBÁ I, SERRA REDONDA ATÉ A LOCALIDADE DO BRITO.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/674/674_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REITERAÇÃO DO REQUERIMENTO N° 195/2017, APROVADO NO DIA 15/08/2017, NO QUAL SOLICITA PAVIMENTAÇÃO DE OBRAS DE PAVIMENTAÇÃO (CALÇAMENTO) PARA AS TRAVESSAS INÁCIO XAVIER, ZACARIAS BRASIL E BERNARDO SIMÕES NO BAIRRO VILA XEXÉU. SEGUE CÓPIA DO REQUERIMENTO N° 195/2017.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/679/req_n._0022-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/679/req_n._0022-2019.pdf</t>
   </si>
   <si>
     <t>Requer a troca de lâmpadas comuns por lâmpadas de LED, na Rua Antônio Cândido da Silva.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/680/req_n._0023-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/680/req_n._0023-2019.pdf</t>
   </si>
   <si>
     <t>Requer uma manutenção geral no chafariz localizado na rua Major Goiânio Primo, no Bairro do Alto Luminoso "Vizinho ao Celinho estofado"</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/681/req_n._0024-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/681/req_n._0024-2019.pdf</t>
   </si>
   <si>
     <t>Requer uma limpeza em todas as ruas do Alto Luminoso.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/682/req_n._0025-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/682/req_n._0025-2019.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de postes e lâmpadas na Localidade de Curralinho.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/683/req_n._0026-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/683/req_n._0026-2019.pdf</t>
   </si>
   <si>
     <t>Requer a perfuração de 01 (um) poço profundo na Localidade de Curralinho.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/684/req_n._0027-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/684/req_n._0027-2019.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção do Chafariz situado na Rua Fotógrafo José Honorato, próximo a residência n° 2808 no Alto Luminoso.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/685/req_n._0028-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/685/req_n._0028-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja recuperada a estrada que liga a CE-253 a Comunidade do Mourão, sendo em vista que a mesma se encontra em difícil estado para trafego de veículos.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/686/req_n._0029-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/686/req_n._0029-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja recuperada a estrada que liga Guanacés a Comunidade de Boa Água, sendo em vista que a mesma se encontra em difícil estado para tráfego de veículos.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/687/req_n._0030-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/687/req_n._0030-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja recuperada a estrada que liga Sítio Neves à Comunidade do Coqueiro, sendo em vista que a mesma- se encontra em difícil estado para trafego de veículos.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/688/req_n._0031-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/688/req_n._0031-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja recuperada da estrada de Jardim Marajoara e Lagoa de Sousa I e II.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/689/req_n._0032-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/689/req_n._0032-2019.pdf</t>
   </si>
   <si>
     <t>Requer a aquisição de um veículo tipo "pick-up" para ficar a disposição dos senhores parlamentares.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/690/req_n._0033-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/690/req_n._0033-2019.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício à empresa Avine a fim de solucionar o problema do mau cheiro produzido pelos processos daquela empresa.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/695/req_n._0034-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/695/req_n._0034-2019.pdf</t>
   </si>
   <si>
     <t>Requer a retomada da obra de construção da Delegacia Tipo III no Município de Cascavel/CE.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/694/req_n._0035-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/694/req_n._0035-2019.pdf</t>
   </si>
   <si>
     <t>Requer calçamento para a Rua João José da Silva, tendo em vista que a rua mencionada é bastante populosa e no período invernoso são grandes os transtornos causados por poças de água.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/696/req_n._0036-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/696/req_n._0036-2019.pdf</t>
   </si>
   <si>
     <t>Requer que os moradores dos bairros Jardim Primavera e Vila Xexeu quando necessitarem passem a ser atendidos no Posto de saúde Irmã Marta Mourajá que é o posto de saúde mais próximo dos dois bairros, uma vez que são atendidos pelo posto que se encontra no bairro do Planalto.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/697/req_n._0037-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/697/req_n._0037-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção em pavimentação asfáltica na CE 138, que se inicia na CE 040 na Comunidade do Choro Vaquejador que vai até a BR 116 no distrito de Pitombeiras.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>Gleidson da Boa Água, Alex do Zumbi</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/699/req_n._0038-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/699/req_n._0038-2019.pdf</t>
   </si>
   <si>
     <t>Requer reparos na ponto do Açude Mal Cozinhado na forma que indica.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>Luciedson</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/700/req_n._0039-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/700/req_n._0039-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja regularizada a documentação das casas na Vila Planaltina localizada no bairro Espaço Nobre, uma vez que as casas foram construídas pela prefeitura e nenhuma está em situação regular.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/701/req_n._0040-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/701/req_n._0040-2019.pdf</t>
   </si>
   <si>
     <t>Requer do DER o roço do acostamento da CE-253 (estrada que liga cascavel a Barra Nova).</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/702/req_n._0041-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/702/req_n._0041-2019.pdf</t>
   </si>
   <si>
     <t>Requer autorização para se ausentar do País no período de 27 de maio a 04 de junho de 2019, conforme art. 48 da Lei Orgânica do Município.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/703/req_n._0042-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/703/req_n._0042-2019.pdf</t>
   </si>
   <si>
     <t>Requer a normalização da coleta do lixo da localidade do Brito.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/704/req_n._0043-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/704/req_n._0043-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da estrada que liga as localidades do Brito a Serra Redonda.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/705/req_n._0044-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/705/req_n._0044-2019.pdf</t>
   </si>
   <si>
     <t>Requer a possibilidade de encaminhar a Câmara Municipal, Projeto de Lei dando isenção da taxa de IPTU, para aposentados, pensionistas que ganhe um salário mínimo e Servidores Público Municipal Efetivos.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>Aílton Dantas, Alex do Zumbi</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/706/req_n._0045-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/706/req_n._0045-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um Posto de Saúde na localidade de Vaca Morta.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/707/req_n._0046-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/707/req_n._0046-2019.pdf</t>
   </si>
   <si>
     <t>Requer a a construção de uma Praça na localidade da Vaca Morta.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/708/req_n._0047-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/708/req_n._0047-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da estrada que liga a Serra (lado da Granja Avine) ao Choró Pedra Redonda.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/709/req_n._0048-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/709/req_n._0048-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da estrada do Zé do Abdon à Barragem do Zé Miguel (Choró Passagem do Franco).</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/710/req_n._0049-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/710/req_n._0049-2019.pdf</t>
   </si>
   <si>
     <t>Requer a perfuração de um poço com a construção de um Chafariz na Praça Dom Mauricio.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/711/req_n._0050-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/711/req_n._0050-2019.pdf</t>
   </si>
   <si>
     <t>Requer o valor e especificando os gastos feito pela secretaria de saúde no mês de Abril/20 19, incluindo, funcionários contratados e concursados.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/712/req_n._0051-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/712/req_n._0051-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito um projeto para que seja construído a estrada que liga a CE 253 com princípio no Distrito de Guanacés com extensão de aproximadamente de 4km com largura de 7 metros, tendo assim seu término no Colégio de Ensino Fundamental de Boa Água.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/713/req_n._0052-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/713/req_n._0052-2019.pdf</t>
   </si>
   <si>
     <t>Requer um profissional para fazer a instalação de uma rede de proteção na Escola de Ensino Fundamental de Moita Redonda.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/714/req_n._0053-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/714/req_n._0053-2019.pdf</t>
   </si>
   <si>
     <t>Requer um profissional para fazer a encanação d'água do Chafariz para a Escola de Ensino Fundamental de Moita Redonda.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/715/req_n._0054-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/715/req_n._0054-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação do asfalto da CE 138 (que liga a sede do Município de Cascavel à Praia de Caponga).</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Requer a construção de um local para velar os corpos no Cemitério do Guanacés.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Requer a construção de uma praça no bairro Espaço Nobre.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Requer asfalto para a Rua Manuel Pachola no Distrito de Caponga.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/719/req_n._0058-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/719/req_n._0058-2019.pdf</t>
   </si>
   <si>
     <t>Requer a perfuração de um poço profundo no Bairro Espaço Nobre.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/720/req_n._0059-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/720/req_n._0059-2019.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza das ruas do Bairro Espaço Nobre.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Requer a recuperação da estrada da Comunidade do Balbino.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/722/req_n._0061-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/722/req_n._0061-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da asfalto da CE-350 (que liga a CE-040 a BR-116).</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/723/req_n._0062-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/723/req_n._0062-2019.pdf</t>
   </si>
   <si>
     <t>Requer a remoção de uma arvore morta na Praça Isaú Benício (antiga Feira Velha), na esquina das Ruas: Isaú Benício com Dona Maria Ernestina.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/724/req_n._0063-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/724/req_n._0063-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações do Secretário de Infraestrutura de Cascavel na forma que indica.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Requer a recuperação da estrada da Moita Redonda I.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/726/req_n._0065-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/726/req_n._0065-2019.pdf</t>
   </si>
   <si>
     <t>Requer a poda das árvores do Bairro Morada Leste.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/727/req_n._0066-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/727/req_n._0066-2019.pdf</t>
   </si>
   <si>
     <t>Requer a continuidade da reforma da Unidade Básica de Saúde, incluindo a sala de de odontologia e a manutenção da parte hidráulica da mesma.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Requer a recuperação e o roço da vegetação das margens da estrada que liga as Comunidade de Angico e Choró Jatobá I.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Requer que seja feito o roço das margens das estradas Brito/Serra Redonda, Serra Redonda/Lagoinha e Lagoinha/Brito.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/730/req_n._0069-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/730/req_n._0069-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação das estradas que dão acesso às localidades que indica.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/731/req_n._0070-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/731/req_n._0070-2019.pdf</t>
   </si>
   <si>
     <t>Requer a conclusão do chafariz da Localidade de Sítio Zumbi.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/732/req_n._0071-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/732/req_n._0071-2019.pdf</t>
   </si>
   <si>
     <t>Requer a colocação de piçarra e a passagem da máquina (patrol) na estrada de Moita Redonda.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/733/req_n._0072-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/733/req_n._0072-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação das estradas que indica.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/734/req_n._0073-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/734/req_n._0073-2019.pdf</t>
   </si>
   <si>
     <t>Requer a sinalização vertical na Avenida Prefeito Vitoriano Antunes e Rua Padre Valdevino Nogueira, indicando as localidades para moto e carro.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/735/req_n._0074-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/735/req_n._0074-2019.pdf</t>
   </si>
   <si>
     <t>Requer o estabelecimento de mão dupla nas vias que indica.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/737/req_n._0075-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/737/req_n._0075-2019.pdf</t>
   </si>
   <si>
     <t>Requer a reforma geral do posto do CRAS de Guanacés na forma que indica.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/738/req_n._0076-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/738/req_n._0076-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de duas passagens molhadas para a localidade da Barra Velha na forma que indica.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/739/req_n._0077-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/739/req_n._0077-2019.pdf</t>
   </si>
   <si>
     <t>Requer tratamento com máquinas, visando dar uma melhoria para via de acesso a comunidade do Camurim, pois após o período chuvoso a via sofre com a erosão, favor dar uma atenção especial ao acesso pela Vila Nova/Cabana.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/740/req_n._0078-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/740/req_n._0078-2019.pdf</t>
   </si>
   <si>
     <t>Requer tratamento com máquinas, visando dar uma melhoria para via de acesso a comunidade do Sitio Prata, pois após o período chuvoso a via sofreu erosão.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/741/req_n._0079-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/741/req_n._0079-2019.pdf</t>
   </si>
   <si>
     <t>Requer tratamento com máquinas, visando dar urna melhoria para via de acesso a comunidade da Mangabeira, pois após o período chuvoso a via sofreu erosão.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/742/req_n._0080-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/742/req_n._0080-2019.pdf</t>
   </si>
   <si>
     <t>Requer tratamento com máquinas, visando dar uma melhoria para via de acesso a comunidade do Tim Tim, pois após o período chuvoso a via sofreu erosão.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/743/req_n._0081-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/743/req_n._0081-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da estradas e roço nas margens da referida estrada que ligam as localidades do Brito, Serra Redonda e Jatobá I.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/744/req_n._0083-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/744/req_n._0083-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação das Ruas Damião Coco e Alzira Gomes no Loteamento Novo Cascavel.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Requer a limpeza das ruas que indica.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/746/req_n._0085-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/746/req_n._0085-2019.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza e manutenção do Posto de Saúde da Boa Vista.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/747/req_n._0086-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/747/req_n._0086-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Juiz de Direito da 2ª Vara da Comarca de Cascavel- CE, reiterando Requerimento N° 039/18 aprovado no dia 27/02/2018, no qual solicita informações sobre o Processo N° 2620-39.2009.8.06.0062/0, a respeito de um Leilão Público Municipal, vista ser de interesse do Município da continuidade ao referido leilão, pois os veículos estão se deteriorando, causando prejuízo ao Município, sendo inviável a recuperação dos mesmos.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/748/req_n._0087-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/748/req_n._0087-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio, endereçado ao Excelentíssimo Senhor Prefeito Municipal de Cascavel-CE, Tiago Lutiani de Oliveira Ribeiro, solicitando a construção do chafariz, na Praça Horácio Bessa (Praça dos Correios), já o que existia foi demolido e a recuperação da caixa d'água e a reativação da mesma que fica na Praça do Ginásio da antiga feira velha.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/749/req_n._0088-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/749/req_n._0088-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio, endereçado ao Excelentíssimo Senhor Prefeito Municipal de Cascavel -CE, Tiago Lutiani de Oliveira Ribeiro, solicitando CALÇAMENTO para todas as Ruas do Loteamento Morada Leste.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/750/req_n._0089-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/750/req_n._0089-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio, endereçado ao Excelentíssimo Senhor Prefeito Municipal de Cascavel -CE, Tiago Lutiani de Oliveira Ribeiro, solicitando CALÇAMENTO para todas as Ruas do Loteamento Espaço Nobre.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/751/req_n._0090-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/751/req_n._0090-2019.pdf</t>
   </si>
   <si>
     <t>Requer autorização para se ausentar do País no Período 15 de JULHO DE 2019 à 25 DE JULHO DE 2019 do corrente ano em datas alternadas, conforme Artigo 48° da Lei Orgânica do Município - LOM.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/752/req_n._0091-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/752/req_n._0091-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma academia comunitária ao ar livre na Praça Juvenal de Carvalho.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/753/req_n._0092-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/753/req_n._0092-2019.pdf</t>
   </si>
   <si>
     <t>Requer a realização de uma audiência pública no dia 27/06 deste para discutir as isenções de impostos dos templos religiosos.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/754/req_n._0093-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/754/req_n._0093-2019.pdf</t>
   </si>
   <si>
     <t>Requer a resolução do alagamento próximo à igreja da Barra Velha.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/755/req_n._0094-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/755/req_n._0094-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma estrada de 3km para ligar a Comunidade de Barra Velha à Praia da referida localidade.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/756/req_n._0095-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/756/req_n._0095-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de um campo de futebol na localidade de Barra Velha.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/757/req_n._0096-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/757/req_n._0096-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça na Comunidade de Barra Velha.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/758/req_n._0097-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/758/req_n._0097-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Joaquim Ciriaco Ramires - Secretario de Infraestrutura do Município de Cascavel - CE, solicitando com urgência a troca das lâmpadas da Praça da Comunidade do Choró Jatobá 1.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/759/req_n._0098-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/759/req_n._0098-2019.pdf</t>
   </si>
   <si>
     <t>Requer Que seja enviado oficio à família da Senhora FRANCISCA DA CUNHA BEZERRA, comunicando VOTO DE PESAR, pelo seu falecimento.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/760/req_n._0099-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/760/req_n._0099-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja feita recuperação do trecho da estrada de Pedro de Souza.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/761/req_n._0100-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/761/req_n._0100-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação do trecho da estrada da Comunidade de Coaçu.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/762/req_n._0101-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/762/req_n._0101-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Ilmo. Sr. Sérgio Azevedo - Superintendente do Departamento Estadual de Rodovias - DER solicitar com URGÊNCIA que o mesmo realize uma operação de TAPA BURACOS na CE 253, iniciando na Rua João Damasceno Fontenele no Licó à Pacajus.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/780/req_n._0102-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/780/req_n._0102-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado um tratamento com máquinas, visando dar uma melhoria para via de acesso a comunidade do Coqueiro, após período chuvoso a via necessita do beneficio.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/781/req_n._0103-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/781/req_n._0103-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja construí da uma quadra de vôlei de areia na localidade de Preaoca, pois a referida Comunidade não possui local para a prática de Esporte.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/782/req_n._0104-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/782/req_n._0104-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja recuperada a Praça da Comunidade da Preaoca, pois a mesma encontra-se bastante danificada. Segue fotos anexo.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/783/req_n._0105-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/783/req_n._0105-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja construí do uma quadra poliesportiva para a Comunidade de Lagoa de Sousa I e 11, pois o referida localidade não possui área para a pratica esportiva, inclusive o colégio não possui local adequado para a prática de esporte.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/784/req_n._0106-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/784/req_n._0106-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja construí do uma quadra esportiva para a Comunidade de Curralinho, pois o referida localidade não possui área para a pratica esportiva.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/785/req_n._0107-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/785/req_n._0107-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja construído um local para o atendimento médico e outros fins na érea de saúde na localidade de Lagoa de Sousa I e II.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/786/req_n._0108-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/786/req_n._0108-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja instalados parquinho nas dependências do Colégio de Preaoca, pois o mesmo possui um, mas encontra-se sem condições de uso.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/787/req_n._0109-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/787/req_n._0109-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja instalados aparelhos de ginástica na Praça de Preaoca.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/788/req_n._0110-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/788/req_n._0110-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja construída uma quadra de esporte para a Comunidade de Coqueiro, pois a mesma não possui área de lazer. Inclusive o colégio da referida localidade não possui local adequado para a realização de pratica esportivas.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/789/req_n._0111-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/789/req_n._0111-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja recuperada a quadra de esporte da Escola de Ensino Fundamental de Boa Água. (Fotos em anexo).</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/790/req_n._0112-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/790/req_n._0112-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja perfurado dois (02) poços profundos na localidade de Curralinho, pois a mesma sofre com escassez de água.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/791/req_n._0113-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/791/req_n._0113-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja construído uma quadra esportiva para a localidade de Choró Serrote, pois a referida comunidade não dispõe de local para pratica esportiva.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/792/req_n._0114-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/792/req_n._0114-2019.pdf</t>
   </si>
   <si>
     <t>Requer que construí da uma pracinha em frente a Igreja Católica da referida localidade, pois a mesma não possui.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/793/req_n._0115-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/793/req_n._0115-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja substituída as lâmpadas de iluminação publica da comunidade de Coqueiro e Alagadicinho, por lâmpadas de LED's.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/794/req_n._0116-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/794/req_n._0116-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja substituída as lâmpadas de iluminação publica da comunidade de Boa Água, por lâmpadas de LED' s.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/795/req_n._0117-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/795/req_n._0117-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja construído um espaço para o atendimento médico para a comunidade Eldorado, na localidade de Capim-de-Roça, pois os atendimentos estão sendo realizados na única unidade escolar da referida Comunidade, assim sendo paralisando a unidade escolar.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/796/req_n._0118-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/796/req_n._0118-2019.pdf</t>
   </si>
   <si>
     <t>Requer Que seja enviado ofício endereçado ao Excelentíssimo Senhor Prefeito Municipal de Cascavel -CE, Tiago Lutiani Oliveira Ribeiro, com cópia para a Secretaria Municipal de Segurança Pública e para o Departamento Municipal de Trânsito, e solicitando informações a a respeito de dois veículos que eram da Polícia Militar do Estado do Ceará e que foram cedidos para o Município de Cascavel</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/797/req_n._0119-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/797/req_n._0119-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio, endereçado ao Excelentíssimo Senhor Prefeito Municipal de Cascavel-CE, Tiago Lutiani Oliveira Ribeiro, solicitando que seja realizado um Concurso Público Municipal, haja vista que o último concurso se realizou em 2005, com cópia para a Promotoria de Justiça de Cascavel, para que se estude uma Ação Civil Pública destinada a obrigar o Município de Cascavel/CE a realizar um devido concurso público para aparelhar seus quadros.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/798/req_n._0120-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/798/req_n._0120-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja implantado o Plano de Cargos de Carreiras dos Agentes de Trânsito do Município de Cascavel, se adequando ao disposto no inciso II do § 10° do art. 144 da Constituição Federal de 1988.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/799/req_n._0121-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/799/req_n._0121-2019.pdf</t>
   </si>
   <si>
     <t>Requer a revisão no Código Tributário Municipal, no sentido de, por meio de Lei, conceder isenção do Imposto sobre a Propriedade Predial e Territorial Urbana (IPTU) a todo imóvel edificado de Servidor Público, ativo ou inativo, da Administração Direta e Indireta, utilizado exclusivamente para sua residência, independente do valor da Renumeração do Servidor Público!</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/807/req_n._0122-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/807/req_n._0122-2019.pdf</t>
   </si>
   <si>
     <t>Requer a cópia dos contratos de aquisição de produtos feitos após a posse do Prefeito Tiago Lutiani.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/800/req_n._0123-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/800/req_n._0123-2019.pdf</t>
   </si>
   <si>
     <t>Requer a terraplanagem nas Ruas Joaquim Benício de Farias esquina com "Josefa Damião de Lima" e Rua Lourival Costa no Loteamento Morada Leste Bairro Planalto das Oliveiras.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/801/req_n._0124-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/801/req_n._0124-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações a respeito de uma Praça com Areninha e Equipamentos de Ginástica localizada na COHAB, construída pela Construtora IGC, cujo o valor de R$ 805.619,04 (Oitocentos e Cinco Mil, Seiscentos e Dezenove Reais e Quatro Centavos), numa área total de 2.553,51 m2, pois a referida obra encontra-se parada desde o inicio do ano, causando prejuízo a comunidade daquele bairro. A referida solicitação atende o reclame daquele que ali residem.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/802/req_n._0125-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/802/req_n._0125-2019.pdf</t>
   </si>
   <si>
     <t>Requer a ampliação do sistema de abastecimento d' água que está sendo feito no bairro Morada Leste, tendo a certeza o Vereador que já viu os canos na Secretaria de Obra, solicito atenciosamente ao Chefe do Poder Executivo e Secretario de Obra que interceda por seis famílias que precisam de água potável.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/768/req_n._0126-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/768/req_n._0126-2019.pdf</t>
   </si>
   <si>
     <t>Requer redutores de velocidade estilo "Tachão de Transito" para a Travessa Marinheiro Antônio Silva.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/769/req_n._0127-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/769/req_n._0127-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja reinstalada a antena de internet na localidade de jatobá I da rede CONECTA CASCAVEL.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/770/req_n._0128-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/770/req_n._0128-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja feita substituição do piso e a coberta da quadra poliesportiva JOSIAS BATISTA DOS SANTOS na localidade do Brito.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/771/req_n._0129-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/771/req_n._0129-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja feita a limpeza do açude da localidade de Choró Passagem do Franco I, pois a superfície do mesmo está sendo coberta por uma espécie de algas que poderá inviabilizar a utilização do mesmo por populares.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/772/req_n._0130-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/772/req_n._0130-2019.pdf</t>
   </si>
   <si>
     <t>Requer a relação dos membros que compõem a Defesa Civil do Município de Cascavel.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/774/req_n._0131-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/774/req_n._0131-2019.pdf</t>
   </si>
   <si>
     <t>Requer uma operação de TAPA BURACOS na CE 253, no trecho que liga a Sede de Cascavel à Praia de Barra Nova.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/775/req_n._0132-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/775/req_n._0132-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações a respeitos dos critérios legais utilizados para rescisão dos contratos e novas contratações de servidores do Município.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/779/req_n._0133-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/779/req_n._0133-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado um Concurso Público Municipal para Provimento de Vagas para Procuradores do Município, com cópia para a Promotoria de Justiça de Cascavel, para que se estude uma Ação Civil Pública destinada a obrigar o Município de Cascavel/CE a realizar um devido concurso público para cargos de Procuradores do Município, a exemplo da Ação proposta pelo MP, contra o Município de Boa Viagem/CE.(http://www.mpce.mp.br/2019/08/05/pedido-do-mpce-justica-determinaestruturacao-da-procuradoria-do-municipio-de-boa-viagem/)</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/808/req_n._0134-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/808/req_n._0134-2019.pdf</t>
   </si>
   <si>
     <t>Requer cópia da documentação que comprove a aquisição ou doação dos materiais recebidos pela UPA de Cascavel-CE.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/809/req_n._0135-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/809/req_n._0135-2019.pdf</t>
   </si>
   <si>
     <t>Requer cópia da documentação que comprove a parceria entre o Município de Cascavel-CE com a operação "CARRO PIPA" do exército do ano de 2019.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/810/req_n._0136-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/810/req_n._0136-2019.pdf</t>
   </si>
   <si>
     <t>Requer cópias de todas as portarias dos servidores nomeados e exonerados no ano de 2019, em todas as secretarias até esta data.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/811/req_n._0137-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/811/req_n._0137-2019.pdf</t>
   </si>
   <si>
     <t>Requer o envio de expediente à Senhora Marcia Meneses de Lima Azevedo, convidando-a para se fazer presente nesta Casa Legislativa no dia 20 de agosto de 2019 às 15: 00 horas, para fazer uma explanação sobre a folha de pagamento dos servidores do Município.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/812/req_n._0138-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/812/req_n._0138-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio, endereçado ao Excelentíssimo Senhor Tiago Lutiani de Oliveira Ribeiro - Prefeito Municipal de Cascavel-CE, solicitando extensão de Rede de Energia Elétrica para a Travessa Pedro Facundo no Bairro Vila Pacheco.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/813/req_n._0139-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/813/req_n._0139-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Secretário de Educação, Cultura, Desporto e Juventude do Município senhor Cleiton Pereira da Silva, solicitando que sejam identificadas quais cooperativas que ganharam a chamada pública da agricultura familiar na atual gestão, constando o SIE (selo de inspeção estadual) e os respectivos itens que cada uma vai fornecer.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/814/req_n._0141-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/814/req_n._0141-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Djair José Silva Mendes - Secretário de Segurança Pública e cidadania do Município de Cascavel - CE, solicitando que sejam identificados os membros da JARI (Junta Administrativa de Recursos de Infração) com a respectiva data da nomeação de cada membro.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/815/req_n._0143-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/815/req_n._0143-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio, endereçado à Secretaria de Obras de Cascavel-CE, solicitando que seja instalado dois refletores na área externa do ginásio da COHAB para beneficiar um projeto de vôlei dos moradores do bairro, incentivando assim a pratica do esporte na comunidade.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/816/req_n._0145-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/816/req_n._0145-2019.pdf</t>
   </si>
   <si>
     <t>Requer na medida do possível a aquisição de área de terreno para ampliação do Cemitério Municipal do Distrito de Jacarecoara.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/817/req_n._0146-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/817/req_n._0146-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio o Excelentíssimo Senhor Tiago Lutiani Oliveira Ribeiro - Prefeito Municipal de Cascavel- CE, para que junto ao setor competente, proceda com urgência a recuperação da estrada do Riacho Fundo e Contendas.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/818/req_n._0147-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/818/req_n._0147-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Secretário de Obras do Município de Cascavel-CE, solicitando com URGÊNCIA conserto do chafariz da localidade da Bica.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/823/req_n._0148-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/823/req_n._0148-2019.pdf</t>
   </si>
   <si>
     <t>Requer o envio de votos de pesar à família do sr. Raimundo Mozar de Brito na forma que indica.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/824/req_n._0149-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/824/req_n._0149-2019.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção da estrada que liga a localidade de Timtim.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/825/req_n._0150-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/825/req_n._0150-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Secretário de Obras do Município de Cascavel-CE, solicitando na medida do possível o conserto do chafariz da localidade da Mangabeiras.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/826/req_n._0152-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/826/req_n._0152-2019.pdf</t>
   </si>
   <si>
     <t>Requer que viabilize a ativação do poço profundo do Bairro Mirante da Serra, pois o mesmo se encontra desativado a muito tempo, e os moradores passam por necessidade, sem água.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/827/req_n._0153-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/827/req_n._0153-2019.pdf</t>
   </si>
   <si>
     <t>Requer na medida do possível parque infantil para a Escola Luiza Távora na localidade de Mata Quiri r. Pois as crianças estão sem lazer na citada escola.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/828/req_n._0154-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/828/req_n._0154-2019.pdf</t>
   </si>
   <si>
     <t>Requer com urgência capinagem ao redor da quadra esportiva da Mata Quiri I.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/829/req_n._0155-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/829/req_n._0155-2019.pdf</t>
   </si>
   <si>
     <t>Requer com urgência o concerto do bebedouro da quadra esportiva da Mata Quiri I.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/830/req_n._0156-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/830/req_n._0156-2019.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção elétrica e troca de lâmpadas da quadra esportiva da Mata Quiri I. Existem oito (08) refletores e as luzes dos banheiros queimados.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/831/req_n._0157-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/831/req_n._0157-2019.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e pintura para a Escola Luiza Távora na Mata Quiri I</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/832/req_n._0158-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/832/req_n._0158-2019.pdf</t>
   </si>
   <si>
     <t>Requer a troca das lâmpadas atuais por lâmpadas de LED para a Comunidade de Coaçu, tendo em vista que as lâmpadas de LED são mais econômicas do que as que estão postas, além de ter um raio maior de iluminação.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/838/req_n._0159-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/838/req_n._0159-2019.pdf</t>
   </si>
   <si>
     <t>Requer seja realizado a pavimentação em pedra tosca na comunidade do Tijucussu II, iniciando da CE-138 até a praça do Zé Cabrito, o beneficio é de grande importância a comunidade pois a população sofre com acesso precário.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/833/req_n._0160-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/833/req_n._0160-2019.pdf</t>
   </si>
   <si>
     <t>Requer com urgência sinalização na Praia de Barra Velha.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/834/req_n._0161-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/834/req_n._0161-2019.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do excesso de areia do calçamento da Rua Virgílio Uchôa com Ananias Mariano, as mesmas situada no Distrito de Jacarecoara.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/835/req_n._0162-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/835/req_n._0162-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito roço e limpeza nas margens das estradas na localidade do Brito.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/836/req_n._0163-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/836/req_n._0163-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja solucionado o problema de abastecimento de água na EEF Maximiano Felix dos Santos na localidade do Brito.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/837/req_n._0164-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/837/req_n._0164-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja feita recuperação das estradas na localidade do Brito.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/839/req_n._0165-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/839/req_n._0165-2019.pdf</t>
   </si>
   <si>
     <t>Requer construção de uma sala para o funcionamento de um consultório odontológico no Posto de Saúde do Brito.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/840/req_n._0166-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/840/req_n._0166-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção no sentido de aumentar o muro, e trocar o portão da Creche João Batista na Comunidade do Brito, garantindo assim à segurança das crianças e funcionários, que ali vivem amedrontados devido aos constantes assaltos.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/841/req_n._0167-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/841/req_n._0167-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção da cobertura da quadra da Escola Raimundo Félix dos Santos, na Comunidade do Brito, a referida quadra e o único espaço existente para a prática de esporte, onde os alunos se expõe ao sol, correndo risco de adquirir doenças.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/842/req_n._0168-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/842/req_n._0168-2019.pdf</t>
   </si>
   <si>
     <t>Requer o concerto para o sistema de abastecimento d'água do canal para a Escola Raimundo Félix dos Santos, na Comunidade do Brito.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/843/req_n._0169-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/843/req_n._0169-2019.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um parque infantil para a Creche João Batista na Comunidade do Brito, a solicitação será de grande importância para o lazer das crianças dentro da Escola.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/844/req_n._0170-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/844/req_n._0170-2019.pdf</t>
   </si>
   <si>
     <t>Requer a informação do valor encontrado na conta do Demutran, no início da gestão atual, que assumiu no dia 15 de maio de 2019 e as despesas que foram feitas utilizando desses valores, após o dia 15 de maio de 2019, com os valores e a discriminação com o que foi gasto.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/845/req_n._0171-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/845/req_n._0171-2019.pdf</t>
   </si>
   <si>
     <t>Requer os dados da empresa que está fazendo a obra de conclusão da UPA com o objetivo de fiscalizar o poder executivo municipal para que suas atividades sejam exercidas com transparência e eficiência.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/846/req_n._0172-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/846/req_n._0172-2019.pdf</t>
   </si>
   <si>
     <t>Requer uma ambulância para a Comunidade de Barra Nova, tendo em vista que aquela comunidade não dispõe desse serviço para atender os moradores que necessita tanto desse serviço.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/847/req_n._0173-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/847/req_n._0173-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da estrada do Choró Pedra Redonda, Umarí II e Choró Passagem do Franco Il, tendo em vista que as estradas estão quase intransitáveis, devido as erosões causadas pela última quadra invernosa.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/848/req_n._0174-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/848/req_n._0174-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da passagem do rio que liga o Choro Bebedouro ao Choro Angico.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/849/req_n._0176-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/849/req_n._0176-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Deputado Federal Júnior Mano, solicitando ao mesmo empenho no sentido adquirir verbas que serão destinadas para a construção de calçamentos, (pavimentação em pedra tosca), para vias das localidades que indica.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/861/req_n._0178-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/861/req_n._0178-2019.pdf</t>
   </si>
   <si>
     <t>Requer Que seja enviado oficio ao Excelentíssimo Senhor Tiago Lutiani Oliveira Ribeiro - Prefeito Municipal de Cascavel, solicitando na medida do possível, melhoria do calçamento ao redor da Praça do Distrito de Cristais</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/862/req_n._0179-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/862/req_n._0179-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Exmo. Sr. Tiago Lutiani Oliveira Ribeiro - Prefeita Municipal de Cascavel, solicitando com urgência concerto do Chafariz da Praça Adélia Quinaher na Rua Major Engenheiro José Goiano, próximo ao Raio.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/863/req_n._0180-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/863/req_n._0180-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio, endereçado ao Secretário Municipal de Segurança Pública, com cópia para o Superintendente do Departamento Municipal de Trânsito de Cascavel-Ce, solicitando os nomes e Salários dos Servidores que integram as Coordenado rias de Engenharia de Tráfego, Fiscalização e Operação de Trânsito, Educação de Trânsito e de Coleta, Controle e Análise Estatística de Trânsito.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/864/req_n._0181-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/864/req_n._0181-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício, endereçado ao Excelentíssimo Senhor Prefeito Municipal de Cascavel -CE, Tiago Lutiani Oliveira Ribeiro, solicitando que seja pago a todos os Servidores Públicos Efetivos, bem como aos Funcionários Contratados, que trabalham em Motocicletas, adicional de 30% (trinta por cento) sobre o salário ou que seja enviado um Projeto de Lei criando esse Adicional, haja vista que a Lei Federal 12.997/22014, considerou como perigosa a atividade de trabalhador em motocicleta.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/865/req_n._0182-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/865/req_n._0182-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Prefeito do Município de Cascavel, solicitando a recuperação da estrada que liga Melancias de Fora ao Distrito de Pitombeiras.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/866/req_n._0183-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/866/req_n._0183-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Secretário de Saúde do Município, solicitando um bebedouro para o posto de saúde do Distrito de Cristais.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/867/req_n._0184-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/867/req_n._0184-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Prefeito do Município de Cascavel, solicitando a recuperação das diversas ruas do Distrito de Cristais.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/868/req_n._0185-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/868/req_n._0185-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Tiago Lutiani de Oliveira Ribeiro - Prefeito Municipal de Cascavel -CE, solicitando seja realizado reparo da iluminação, com a substituição das lâmpadas queimadas, nas localidades do Brito e Serra Redonda.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/869/req_n._0186-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/869/req_n._0186-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Tiago Lutiani de Oliveira Ribeiro - Prefeito Municipal de Cascavel -CE, solicitando realização de obras de pavimentação (Calçamento) para a Rua José Guari Guazil no Sitio Boa Fé.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/870/req_n._0187-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/870/req_n._0187-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Tiago Lutiani de Oliveira Ribeiro - Prefeito Municipal de Cascavel -CE, solicitando realização de obras de pavimentação (Calçamento) para a Travessa Inácio Xavier, no Bairro vila Xexéu.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/872/req_n._0188-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/872/req_n._0188-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excelentíssimo Senhor Tiago Lutiani de Oliveira Ribeiro - Prefeito Municipal de Cascavel -CE, solicitando informações sobre o funcionamento das torres do programa CONECTA CASCAVEL, onde grande percentual do município incluindo distritos eram contemplados com o programa onde permitia o acesso gratuito a Internet. e que também seja informado como esta o funcionamento do Telecentro que funciona no NAEC.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/873/req_n._0189-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/873/req_n._0189-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Secretário de Educação, Cultura, Desporto e Juventude do Município senhor Cleiton Pereira Da Silva, solicitando que a rota do transporte escolar passe pelo Sítio Neve I, No distrito de Guanases, uma vez que os alunos andam quase 3 km para pegar o transporte;</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/874/req_n._0190-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/874/req_n._0190-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Secretário de Educação, Cultura, Desporto e Juventude do Município senhor Cleiton Pereira Da Silva, solicitando que a rota do transporte escolar passe pelo loteamento Barra Mar, No distrito de Caponga, uma vez que os alunos andam quase 3 km para pegar o transporte.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/851/req_n._0191-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/851/req_n._0191-2019.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de redutores de velocidade (tartarugas) na Rua Samuel Bedê na esquina do bar Toca dos Amigos.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/852/req_n._0192-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/852/req_n._0192-2019.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação da estrada que liga a localidade de Vaca Morta ao Tijucussu na forma que indica</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/853/req_n._0193-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/853/req_n._0193-2019.pdf</t>
   </si>
   <si>
     <t>Requer que sejam disponibilizados psicólogos para todas as escolas do Município  de Cascavel, na forma que indica.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/850/req_n._0194-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/850/req_n._0194-2019.pdf</t>
   </si>
   <si>
     <t>Requer a suspensão imediata da cobrança feitas aos funcionários efetivos, contratados e aposentados do Município por parte da Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/871/req_n._0195-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/871/req_n._0195-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Grupo Edson Queiroz, solicitando na medida do possível, placas vistosas para o início e fim da Avenida principal que homenageia seu filho ilustre Edson Queiroz, bem como colocação do Perfil bibliográfico, com iluminação moderna e vistosa na Estátua do Chanceler Edson Queiroz que fica na entrada da cidade para que os turistas e cascavelenses que não conhecem a história desse filho de nossa cidade possam ter conhecimento de sua origem, feitos industriais e educacionais.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/875/req_n._0196-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/875/req_n._0196-2019.pdf</t>
   </si>
   <si>
     <t>Requer que os moradores do Chorou-Se Lagoinha recebam os medicamentos na própria localidade na forma que indica.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/876/req_n._0197-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/876/req_n._0197-2019.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção e reforma da quadra do colégio Libia Ribeiro no bairro Mutirão, bem como a manutenção dos poços (chafariz) no bairro Joaquim Ferreira e Cecal.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/877/req_n._0198-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/877/req_n._0198-2019.pdf</t>
   </si>
   <si>
     <t>Requer a manutenção da estrada do Sítio Pedro de Sousa.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/878/req_n._0199-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/878/req_n._0199-2019.pdf</t>
   </si>
   <si>
     <t>Requer o reinício e a conclusão da pavimentação da estrada da Moita Redonda I.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/879/req_n._0200-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/879/req_n._0200-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações do andamento do projeto de abastecimento de água para o Novo Planalto na forma que indica.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/880/req_n._0201-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/880/req_n._0201-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de duas paradas de ônibus para a CE-040, mais precisamente na Comunidade de Mata Quiri I.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/881/req_n._0202-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/881/req_n._0202-2019.pdf</t>
   </si>
   <si>
     <t>Requer o termo que comprove o qualificativo recebido por demanda judicial e a relação especificando as pessoas que recebem por essa demanda.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/882/req_n._0203-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/882/req_n._0203-2019.pdf</t>
   </si>
   <si>
     <t>Requer a cópia do documento que comprova a doação feita pelo Estado ao Município de Cascavel do imóvel no qual funciona a Secretaria de Obras localizado em Cecal.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/883/req_n._0204-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/883/req_n._0204-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Exmo. Sr. Tiago Lutiani Oliveira Ribeiro - Prefeito Municipal de Cascavel, com cópia para o Secretário de Obras, solicitando reforma do calçamento da estrada de Barra Velha, trecho que se inicia na CE 253 ao Sitio Contendas.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/884/req_n._0205-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/884/req_n._0205-2019.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um semáforo para o cruzamento da Av Chanceler Edson Queiroz com Rua Horácio Bessa.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Aílton Dantas, Luciedson, Marcio do Brito, Rodrigo Magazine, Sebastião Uchoa</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/886/req_n._0206-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/886/req_n._0206-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio, endereçado ao Excelentíssimo Senhor Superintendente do Departamento Estadual de Trânsito, do Estado do Ceará, Dr. Igor Ponte, solicitando ao Núcleo de Fiscalização de Trânsito do DETRAN, fiscalização no Serviço Municipal de Transporte Escolar de Cascavel/CE.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/887/req_n._0207-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/887/req_n._0207-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação das Ruas da Comunidade de Barra Velha.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/888/req_n._0208-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/888/req_n._0208-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da Estrada da Lagoa de Souza.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/889/req_n._0209-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/889/req_n._0209-2019.pdf</t>
   </si>
   <si>
     <t>Requer, na medida do possível, o calçamento para a Rua Virgílio Uchôa no Distrito de Jacarecoara.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/890/req_n._0211-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/890/req_n._0211-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício, endereçado ao Departamento Municipal de Trânsito do Município de Cascavel parabenizando todos os Agentes Municipais de Trânsito pela comemoração alusiva ao Dia Nacional dos Agentes da Autoridade de Trânsito, celebrado anualmente no dia 23 de setembro, em todo o território nacional.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/891/req_n._0212-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/891/req_n._0212-2019.pdf</t>
   </si>
   <si>
     <t>Requer a cópia do contrato com a empresa responsável pela coleta de lixo.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/892/req_n._0213-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/892/req_n._0213-2019.pdf</t>
   </si>
   <si>
     <t>Requer a cópia do contrato da empresa que presta o serviço de transporte escolar para o município.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/893/req_n._0214-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/893/req_n._0214-2019.pdf</t>
   </si>
   <si>
     <t>Requer a cópia do contrato da empresa que loca as maquinas "pesadas" que prestam serviço a secretaria de obras.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/894/req_n._0215-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/894/req_n._0215-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da estrada do Assentamento Luiz Mendes na Localidade de Buriti.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/895/req_n._0216-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/895/req_n._0216-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação em pedra tosca para a Travessa Nova Geração no Bairro Vila Xexéu.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/896/req_n._0217-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/896/req_n._0217-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio à família do Senhor FRANCISCO GIVALDO RODRIGUES DA SILVA, comunicando VOTO DE PESAR, pelo seu falecimento.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/898/req_n._0218-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/898/req_n._0218-2019.pdf</t>
   </si>
   <si>
     <t>Requer a substituição de Lâmpadas Comuns por lâmpadas de LED nas comunidades de Buritizal, Sítio Corte, Zumbi I, Zumbi II e Sítio São José.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/899/req_n._0219-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/899/req_n._0219-2019.pdf</t>
   </si>
   <si>
     <t>Requer o conserto e uma reforma geral no chafariz da Rua Joaquim Ferreira na forma que indica.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/900/req_n._0220-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/900/req_n._0220-2019.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização do campo da Caponga, abrangendo o muro, iluminação e vestiários.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/901/req_n._0221-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/901/req_n._0221-2019.pdf</t>
   </si>
   <si>
     <t>Requer a revitalização do muro e iluminação do cemitério do Distrito de Caponga.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/906/req_n._0222-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/906/req_n._0222-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio à família do Senhor Antônio Reis Martins, comunicando Voto de pesar, pelo seu falecimento.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/910/req_n._0223-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/910/req_n._0223-2019.pdf</t>
   </si>
   <si>
     <t>Requer troca das lâmpadas vermelhas por lâmpadas de LEDS, para a iluminação pública da comunidade de Serra Redonda.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Requer barreamento do Campo de Futebol da comunidade de Serra Redonda.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/907/req_n._0225-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/907/req_n._0225-2019.pdf</t>
   </si>
   <si>
     <t>Requer com urgência a recuperação nas estradas das localidades de Choró Jatobá, Córrego do Cajueiro e Barra Velha.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/911/req_n._0226-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/911/req_n._0226-2019.pdf</t>
   </si>
   <si>
     <t>Requer iluminação pública para o Loteamento Residencial Novo Boa Vista, na sede desse Município.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/912/req_n._0227-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/912/req_n._0227-2019.pdf</t>
   </si>
   <si>
     <t>Requer barreamento para o campo de futebol da Localidade de Barra Nova.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Sebastião Uchoa, Aílton Dantas, Alberto do Pompeu, Alex do Zumbi, Don Beto, Joaquim Filho, Luciedson, Marcio do Brito, Priscila Lima, Rodrigo Magazine</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/902/req_n._0228-2019_hBF7dKK.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/902/req_n._0228-2019_hBF7dKK.pdf</t>
   </si>
   <si>
     <t>Requer a reposição das traves e implantação de iluminação pública para o campo de futebol da Localidade de Guanacés.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/903/req_n._0229-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/903/req_n._0229-2019.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça de lazer na quadra da Barra Nova (Praça Comunitária Camélia Henrique da Silva), situada no final da Rua Manuel Tiodoso de Oliveira na Localidade de Barra Nova.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/904/req_n._0230-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/904/req_n._0230-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja perfurado um poço profundo no Sítio Higino na Rua Francisco Batista da Silva, n. 1402.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/905/req_n._0231-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/905/req_n._0231-2019.pdf</t>
   </si>
   <si>
     <t>Requer a regularização do atendimento médico para as Comunidades do Brito, da Lagoinha, Serra Redonda, Angico, Jatobá I, Passagem do Franco e Assentamento Menino Jesus.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/909/req_n._0232-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/909/req_n._0232-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício do Gabinete do Deputado Estadual Rondinelle Pereira de Freitas (Deputado Nelinho), solicitando um trabalho de requalificação na estrutura da da Ponte sobre o Rio Mal Cozinhado e limpeza de seu perímetro.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/914/req_n._0233-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/914/req_n._0233-2019.pdf</t>
   </si>
   <si>
     <t>Requer que sejam implantados Semáforos para pedestres com temporizador em frente aos principais colégios situados no Município de Cascavel.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/915/req_n._0234-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/915/req_n._0234-2019.pdf</t>
   </si>
   <si>
     <t>Requer os dados do RMA - Registro Municipal de Atendimento dos equipamentos CRAS e CREAS, referentes aos meses de JULHO, AGOSTO e SETEMBRO do corrente ano e as informações referente ao SISC dos usuários do serviço de convivência e fortalecimento de vínculos informado ao Ministério da Cidadania nos períodos de JUNHO e SETEMBRO de 2019.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/916/req_n._0235-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/916/req_n._0235-2019.pdf</t>
   </si>
   <si>
     <t>Requer a relação dos novos licitados da Secretaria de Assistência Social do Município e dos exonerados da licitação antiga e a data que foram iniciados os trabalhos do novos licitados.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/918/req_n._0236-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/918/req_n._0236-2019.pdf</t>
   </si>
   <si>
     <t>Requer a expansão da Rede de Abastecimento de Água na Av. Manoel Rodrigues da Cista no Loteamento Morada Leste.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Requer a implantação do ensino sobre educação financeira em todas as escolas de ensino fundamental do Município.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Requer que os Requerimentos 126/2019 e 191/2019 sejam cumpridos na forma que indica.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/921/req_n._0239-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/921/req_n._0239-2019.pdf</t>
   </si>
   <si>
     <t>Requer a melhoria da Rua Lourival Costa no Bairro Planalto das Oliveiras (Loteamento Morada Leste).</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/922/req_n._0240-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/922/req_n._0240-2019.pdf</t>
   </si>
   <si>
     <t>Requer os nomes e Salários dos Servidores que integram as Coordenadorias de Engenharia de Tráfego, Fiscalização e Operação de Trânsito, Educação de Trânsito e de Coleta, Controle e Análise Estatística de Trânsito, no prazo de até 15 dias, conforme o que dispõe o art. 25 da Lei Orgânica do Município de Cascavel/Ce, sob pena de responsabilização por ato de improbidade administrativa, no caso de não serem prestadas informações requisitadas pelo Parlamento.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/923/req_n._0241-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/923/req_n._0241-2019.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação (passar máquina) e iluminação pública para a Rua Antônia Pereira de Aquino no centro de Cascavel.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/924/req_n._0242-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/924/req_n._0242-2019.pdf</t>
   </si>
   <si>
     <t>Requer uma REDE DE ENERGIA TRIFÁSICA para o funcionamento das máquinas, essa solicitação e de grande importância, pois atenderá mais de 50 (cinquenta) famílias da Comunidade de Serra Redonda,</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/945/req_n._0243-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/945/req_n._0243-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio ao Excetíssimo Senhor Djair José Silva Mendes - Secretário de Segurança Pública e Cidadania do Município de Cascavel - CE, reitera o Requerimento N° 160/2019 (cópia anexo), aprovado na sessão do dia 20/08/2019, no qual solicita com urgência sinalização na Praia de Barra Velha.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/944/req_n._0244-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/944/req_n._0244-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio à família do Senhor FRANCISCO MOISES DE QUEIROZ, comunicando VOTO DE PESAR, pelo seu falecimento.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/942/req_n._0245-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/942/req_n._0245-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio, endereçado ao Ilustríssimo Senhor Emanuel Maia Mola - Presidente do Conselho Regional de Engenharia e Agronomia do Estado do Ceará - CREA - CE, solicitando com urgência uma inspeção no antigo prédio da Câmara Municipal de Cascavel, situado nas ruas Professor José Antônio de Queiroz, Alfredo de Castro, CeI. Joaquim Barros e a Praça Nossa Senhora do Ó, com cópia para o Prefeito Municipal de Cascavel, em virtude de ser uma estrutura antiga que já desmoronou uma parte do prédio e por precaução de segurança se faz necessário uma vistoria técnica.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/941/req_n._0246-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/941/req_n._0246-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio, endereçado ao Ilustríssimo Senhor Igor Vasconcelos Ponte - Superintendente do DETRAN - CE, solicitando resposta do requerimento N° 206/20 19 (cópia anexo), aprovado na Sessão Ordinária do dia 24/09/2019 e o resultado da vistoria realizado no dia 09 de novembro de 2019 nos transportes escolares do Município de Cascavel pelo DETRAN-CE.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/931/req_n._0247-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/931/req_n._0247-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações se o Município de Cascavel está em dias com a CAPREV na forma que indica.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/932/req_n._0248-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/932/req_n._0248-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio CONVOCANDO o Senhor Francisco Gerônimo Sales da Costa, responsável pelos abastecimento dos transporte da Prefeitura do Município, conforme Art. 88°, §3° e letra" f" do Regimento Interno da Câmara Municipal de Cascavel - CE na data de 03 de dezembro do corrente ano, no sentido de prestar esclarecimentos referente aos suas responsabilidades junto ao Município.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/933/req_n._0249-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/933/req_n._0249-2019.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza do Açude da Comunidade de Serra Redonda.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/935/req_n._0250-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/935/req_n._0250-2019.pdf</t>
   </si>
   <si>
     <t>Requer o calçamento para a rua José Guariguazil, no Sítio Boa Fé.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/934/req_n._0251-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/934/req_n._0251-2019.pdf</t>
   </si>
   <si>
     <t>Requer o barreamento e iluminação para o Campo do Sítio Boa Fé.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/936/req_n._0252-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/936/req_n._0252-2019.pdf</t>
   </si>
   <si>
     <t>Requer autorização para se ausentar do País no período 20 de FEVEREIRO DE 2020 à 06 DE MARÇO DE 2020 em datas alternadas, conforme Artigo 48° da Lei Orgânica do Município - LOM.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/937/req_n._0253-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/937/req_n._0253-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio, endereçado ao Excelentíssimo Senhor Prefeito Municipal de Cascavel -CE, Tiago Lutiani Oliveira Ribeiro, solicitando o pagamento do 13° salário aos servidores contratados do Município.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Requer com Urgência lâmpadas para a Comunidade do Serrote, precisamente na entrada do mercantil do Vando até uma Igreja Evangélica.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/948/req_n._0255-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/948/req_n._0255-2019.pdf</t>
   </si>
   <si>
     <t>Requer com urgência reforma do paralelepípedo da Av Central da localidade de Barra Nova</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/949/req_n._0256-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/949/req_n._0256-2019.pdf</t>
   </si>
   <si>
     <t>Requer com urgência a reforma do ginásio do colégio da localidade de Cristais</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/950/req_n._0257-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/950/req_n._0257-2019.pdf</t>
   </si>
   <si>
     <t>Requer com urgência a ampliação do cemitério da localidade de Cristais</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/951/req_n._0258-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/951/req_n._0258-2019.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado oficio á família do Senhor Antonio Barão, comunicando Voto de Pesar, polo seu falecimento</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/952/req_n._0259-2019.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/952/req_n._0259-2019.pdf</t>
   </si>
   <si>
     <t>Requer melhoria do calçamento das ruas Municipais de Cascavel e também melhoria do calçamento do Distrito Federal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3939,68 +3939,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/767/veto_n._001-2019_pl_0013-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/929/veto_n._002-2019_pl_0042-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/938/veto_n._003-2019_pl_0043-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/947/veto_n._004-2019_pl_0044-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/885/pl_0001-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/691/pl_0013-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/692/pl_0014-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/693/pl_0015-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/698/pl_0016-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/736/pl_0017-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/763/pl_0018-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/764/pl_0019-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/765/pl_0020-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/778/pl_0021-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/805/pl_0022-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/766/pl_0023-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/804/pl_0024-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/803/pl_0025-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/776/pl_0026-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/777/pl_0027-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/773/pl_0028-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/819/pl_0029-2019_r4JYVRl.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/820/pl_0030-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/806/pl_0031-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/821/pl_0032-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/822/pl_0034-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/855/pl_0035-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/856/pl_0036-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/857/pl_0037-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/854/pl_0038-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/859/pl_0039-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/858/pl_0040-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/860/pl_0041-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/897/pl_0042-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/913/pl_0043-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/917/pl_0044-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/925/pl_0045-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/926/pl_0046-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/927/pl_0047-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/928/pl_0048-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/930/pl_0049-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/940/pl_0050-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/939/pl_0051-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/943/pl_0040-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/953/pl_0053-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/954/pl_0054-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/955/pl_0055-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/679/req_n._0022-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/680/req_n._0023-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/681/req_n._0024-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/682/req_n._0025-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/683/req_n._0026-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/684/req_n._0027-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/685/req_n._0028-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/686/req_n._0029-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/687/req_n._0030-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/688/req_n._0031-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/689/req_n._0032-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/690/req_n._0033-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/695/req_n._0034-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/694/req_n._0035-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/696/req_n._0036-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/697/req_n._0037-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/699/req_n._0038-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/700/req_n._0039-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/701/req_n._0040-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/702/req_n._0041-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/703/req_n._0042-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/704/req_n._0043-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/705/req_n._0044-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/706/req_n._0045-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/707/req_n._0046-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/708/req_n._0047-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/709/req_n._0048-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/710/req_n._0049-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/711/req_n._0050-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/712/req_n._0051-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/713/req_n._0052-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/714/req_n._0053-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/715/req_n._0054-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/719/req_n._0058-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/720/req_n._0059-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/722/req_n._0061-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/723/req_n._0062-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/724/req_n._0063-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/726/req_n._0065-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/727/req_n._0066-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/730/req_n._0069-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/731/req_n._0070-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/732/req_n._0071-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/733/req_n._0072-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/734/req_n._0073-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/735/req_n._0074-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/737/req_n._0075-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/738/req_n._0076-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/739/req_n._0077-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/740/req_n._0078-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/741/req_n._0079-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/742/req_n._0080-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/743/req_n._0081-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/744/req_n._0083-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/746/req_n._0085-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/747/req_n._0086-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/748/req_n._0087-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/749/req_n._0088-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/750/req_n._0089-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/751/req_n._0090-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/752/req_n._0091-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/753/req_n._0092-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/754/req_n._0093-2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/755/req_n._0094-2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/756/req_n._0095-2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/757/req_n._0096-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/758/req_n._0097-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/759/req_n._0098-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/760/req_n._0099-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/761/req_n._0100-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/762/req_n._0101-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/780/req_n._0102-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/781/req_n._0103-2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/782/req_n._0104-2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/783/req_n._0105-2019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/784/req_n._0106-2019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/785/req_n._0107-2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/786/req_n._0108-2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/787/req_n._0109-2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/788/req_n._0110-2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/789/req_n._0111-2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/790/req_n._0112-2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/791/req_n._0113-2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/792/req_n._0114-2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/793/req_n._0115-2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/794/req_n._0116-2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/795/req_n._0117-2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/796/req_n._0118-2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/797/req_n._0119-2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/798/req_n._0120-2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/799/req_n._0121-2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/807/req_n._0122-2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/800/req_n._0123-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/801/req_n._0124-2019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/802/req_n._0125-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/768/req_n._0126-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/769/req_n._0127-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/770/req_n._0128-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/771/req_n._0129-2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/772/req_n._0130-2019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/774/req_n._0131-2019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/775/req_n._0132-2019.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/779/req_n._0133-2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/808/req_n._0134-2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/809/req_n._0135-2019.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/810/req_n._0136-2019.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/811/req_n._0137-2019.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/812/req_n._0138-2019.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/813/req_n._0139-2019.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/814/req_n._0141-2019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/815/req_n._0143-2019.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/816/req_n._0145-2019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/817/req_n._0146-2019.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/818/req_n._0147-2019.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/823/req_n._0148-2019.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/824/req_n._0149-2019.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/825/req_n._0150-2019.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/826/req_n._0152-2019.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/827/req_n._0153-2019.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/828/req_n._0154-2019.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/829/req_n._0155-2019.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/830/req_n._0156-2019.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/831/req_n._0157-2019.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/832/req_n._0158-2019.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/838/req_n._0159-2019.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/833/req_n._0160-2019.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/834/req_n._0161-2019.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/835/req_n._0162-2019.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/836/req_n._0163-2019.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/837/req_n._0164-2019.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/839/req_n._0165-2019.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/840/req_n._0166-2019.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/841/req_n._0167-2019.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/842/req_n._0168-2019.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/843/req_n._0169-2019.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/844/req_n._0170-2019.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/845/req_n._0171-2019.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/846/req_n._0172-2019.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/847/req_n._0173-2019.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/848/req_n._0174-2019.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/849/req_n._0176-2019.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/861/req_n._0178-2019.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/862/req_n._0179-2019.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/863/req_n._0180-2019.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/864/req_n._0181-2019.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/865/req_n._0182-2019.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/866/req_n._0183-2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/867/req_n._0184-2019.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/868/req_n._0185-2019.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/869/req_n._0186-2019.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/870/req_n._0187-2019.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/872/req_n._0188-2019.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/873/req_n._0189-2019.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/874/req_n._0190-2019.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/851/req_n._0191-2019.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/852/req_n._0192-2019.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/853/req_n._0193-2019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/850/req_n._0194-2019.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/871/req_n._0195-2019.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/875/req_n._0196-2019.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/876/req_n._0197-2019.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/877/req_n._0198-2019.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/878/req_n._0199-2019.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/879/req_n._0200-2019.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/880/req_n._0201-2019.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/881/req_n._0202-2019.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/882/req_n._0203-2019.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/883/req_n._0204-2019.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/884/req_n._0205-2019.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/886/req_n._0206-2019.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/887/req_n._0207-2019.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/888/req_n._0208-2019.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/889/req_n._0209-2019.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/890/req_n._0211-2019.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/891/req_n._0212-2019.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/892/req_n._0213-2019.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/893/req_n._0214-2019.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/894/req_n._0215-2019.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/895/req_n._0216-2019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/896/req_n._0217-2019.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/898/req_n._0218-2019.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/899/req_n._0219-2019.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/900/req_n._0220-2019.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/901/req_n._0221-2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/906/req_n._0222-2019.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/910/req_n._0223-2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/907/req_n._0225-2019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/911/req_n._0226-2019.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/912/req_n._0227-2019.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/902/req_n._0228-2019_hBF7dKK.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/903/req_n._0229-2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/904/req_n._0230-2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/905/req_n._0231-2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/909/req_n._0232-2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/914/req_n._0233-2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/915/req_n._0234-2019.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/916/req_n._0235-2019.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/918/req_n._0236-2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/921/req_n._0239-2019.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/922/req_n._0240-2019.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/923/req_n._0241-2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/924/req_n._0242-2019.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/945/req_n._0243-2019.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/944/req_n._0244-2019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/942/req_n._0245-2019.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/941/req_n._0246-2019.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/931/req_n._0247-2019.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/932/req_n._0248-2019.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/933/req_n._0249-2019.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/935/req_n._0250-2019.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/934/req_n._0251-2019.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/936/req_n._0252-2019.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/937/req_n._0253-2019.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/948/req_n._0255-2019.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/949/req_n._0256-2019.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/950/req_n._0257-2019.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/951/req_n._0258-2019.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/952/req_n._0259-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/767/veto_n._001-2019_pl_0013-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/929/veto_n._002-2019_pl_0042-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/938/veto_n._003-2019_pl_0043-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/947/veto_n._004-2019_pl_0044-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/885/pl_0001-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/691/pl_0013-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/692/pl_0014-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/693/pl_0015-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/698/pl_0016-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/736/pl_0017-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/763/pl_0018-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/764/pl_0019-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/765/pl_0020-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/778/pl_0021-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/805/pl_0022-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/766/pl_0023-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/804/pl_0024-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/803/pl_0025-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/776/pl_0026-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/777/pl_0027-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/773/pl_0028-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/819/pl_0029-2019_r4JYVRl.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/820/pl_0030-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/806/pl_0031-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/821/pl_0032-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/822/pl_0034-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/855/pl_0035-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/856/pl_0036-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/857/pl_0037-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/854/pl_0038-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/859/pl_0039-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/858/pl_0040-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/860/pl_0041-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/897/pl_0042-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/913/pl_0043-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/917/pl_0044-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/925/pl_0045-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/926/pl_0046-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/927/pl_0047-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/928/pl_0048-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/930/pl_0049-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/940/pl_0050-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/939/pl_0051-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/943/pl_0040-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/953/pl_0053-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/954/pl_0054-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/955/pl_0055-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2019/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/679/req_n._0022-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/680/req_n._0023-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/681/req_n._0024-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/682/req_n._0025-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/683/req_n._0026-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/684/req_n._0027-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/685/req_n._0028-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/686/req_n._0029-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/687/req_n._0030-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/688/req_n._0031-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/689/req_n._0032-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/690/req_n._0033-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/695/req_n._0034-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/694/req_n._0035-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/696/req_n._0036-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/697/req_n._0037-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/699/req_n._0038-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/700/req_n._0039-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/701/req_n._0040-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/702/req_n._0041-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/703/req_n._0042-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/704/req_n._0043-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/705/req_n._0044-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/706/req_n._0045-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/707/req_n._0046-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/708/req_n._0047-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/709/req_n._0048-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/710/req_n._0049-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/711/req_n._0050-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/712/req_n._0051-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/713/req_n._0052-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/714/req_n._0053-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/715/req_n._0054-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/719/req_n._0058-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/720/req_n._0059-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/722/req_n._0061-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/723/req_n._0062-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/724/req_n._0063-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/726/req_n._0065-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/727/req_n._0066-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/730/req_n._0069-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/731/req_n._0070-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/732/req_n._0071-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/733/req_n._0072-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/734/req_n._0073-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/735/req_n._0074-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/737/req_n._0075-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/738/req_n._0076-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/739/req_n._0077-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/740/req_n._0078-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/741/req_n._0079-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/742/req_n._0080-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/743/req_n._0081-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/744/req_n._0083-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/746/req_n._0085-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/747/req_n._0086-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/748/req_n._0087-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/749/req_n._0088-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/750/req_n._0089-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/751/req_n._0090-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/752/req_n._0091-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/753/req_n._0092-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/754/req_n._0093-2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/755/req_n._0094-2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/756/req_n._0095-2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/757/req_n._0096-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/758/req_n._0097-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/759/req_n._0098-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/760/req_n._0099-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/761/req_n._0100-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/762/req_n._0101-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/780/req_n._0102-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/781/req_n._0103-2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/782/req_n._0104-2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/783/req_n._0105-2019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/784/req_n._0106-2019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/785/req_n._0107-2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/786/req_n._0108-2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/787/req_n._0109-2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/788/req_n._0110-2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/789/req_n._0111-2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/790/req_n._0112-2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/791/req_n._0113-2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/792/req_n._0114-2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/793/req_n._0115-2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/794/req_n._0116-2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/795/req_n._0117-2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/796/req_n._0118-2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/797/req_n._0119-2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/798/req_n._0120-2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/799/req_n._0121-2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/807/req_n._0122-2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/800/req_n._0123-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/801/req_n._0124-2019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/802/req_n._0125-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/768/req_n._0126-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/769/req_n._0127-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/770/req_n._0128-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/771/req_n._0129-2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/772/req_n._0130-2019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/774/req_n._0131-2019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/775/req_n._0132-2019.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/779/req_n._0133-2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/808/req_n._0134-2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/809/req_n._0135-2019.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/810/req_n._0136-2019.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/811/req_n._0137-2019.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/812/req_n._0138-2019.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/813/req_n._0139-2019.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/814/req_n._0141-2019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/815/req_n._0143-2019.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/816/req_n._0145-2019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/817/req_n._0146-2019.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/818/req_n._0147-2019.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/823/req_n._0148-2019.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/824/req_n._0149-2019.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/825/req_n._0150-2019.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/826/req_n._0152-2019.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/827/req_n._0153-2019.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/828/req_n._0154-2019.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/829/req_n._0155-2019.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/830/req_n._0156-2019.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/831/req_n._0157-2019.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/832/req_n._0158-2019.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/838/req_n._0159-2019.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/833/req_n._0160-2019.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/834/req_n._0161-2019.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/835/req_n._0162-2019.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/836/req_n._0163-2019.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/837/req_n._0164-2019.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/839/req_n._0165-2019.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/840/req_n._0166-2019.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/841/req_n._0167-2019.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/842/req_n._0168-2019.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/843/req_n._0169-2019.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/844/req_n._0170-2019.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/845/req_n._0171-2019.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/846/req_n._0172-2019.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/847/req_n._0173-2019.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/848/req_n._0174-2019.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/849/req_n._0176-2019.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/861/req_n._0178-2019.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/862/req_n._0179-2019.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/863/req_n._0180-2019.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/864/req_n._0181-2019.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/865/req_n._0182-2019.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/866/req_n._0183-2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/867/req_n._0184-2019.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/868/req_n._0185-2019.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/869/req_n._0186-2019.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/870/req_n._0187-2019.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/872/req_n._0188-2019.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/873/req_n._0189-2019.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/874/req_n._0190-2019.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/851/req_n._0191-2019.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/852/req_n._0192-2019.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/853/req_n._0193-2019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/850/req_n._0194-2019.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/871/req_n._0195-2019.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/875/req_n._0196-2019.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/876/req_n._0197-2019.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/877/req_n._0198-2019.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/878/req_n._0199-2019.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/879/req_n._0200-2019.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/880/req_n._0201-2019.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/881/req_n._0202-2019.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/882/req_n._0203-2019.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/883/req_n._0204-2019.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/884/req_n._0205-2019.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/886/req_n._0206-2019.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/887/req_n._0207-2019.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/888/req_n._0208-2019.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/889/req_n._0209-2019.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/890/req_n._0211-2019.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/891/req_n._0212-2019.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/892/req_n._0213-2019.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/893/req_n._0214-2019.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/894/req_n._0215-2019.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/895/req_n._0216-2019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/896/req_n._0217-2019.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/898/req_n._0218-2019.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/899/req_n._0219-2019.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/900/req_n._0220-2019.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/901/req_n._0221-2019.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/906/req_n._0222-2019.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/910/req_n._0223-2019.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/907/req_n._0225-2019.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/911/req_n._0226-2019.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/912/req_n._0227-2019.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/902/req_n._0228-2019_hBF7dKK.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/903/req_n._0229-2019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/904/req_n._0230-2019.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/905/req_n._0231-2019.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/909/req_n._0232-2019.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/914/req_n._0233-2019.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/915/req_n._0234-2019.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/916/req_n._0235-2019.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/918/req_n._0236-2019.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/921/req_n._0239-2019.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/922/req_n._0240-2019.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/923/req_n._0241-2019.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/924/req_n._0242-2019.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/945/req_n._0243-2019.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/944/req_n._0244-2019.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/942/req_n._0245-2019.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/941/req_n._0246-2019.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/931/req_n._0247-2019.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/932/req_n._0248-2019.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/933/req_n._0249-2019.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/935/req_n._0250-2019.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/934/req_n._0251-2019.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/936/req_n._0252-2019.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/937/req_n._0253-2019.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/948/req_n._0255-2019.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/949/req_n._0256-2019.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/950/req_n._0257-2019.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/951/req_n._0258-2019.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2019/952/req_n._0259-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H308"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="136.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>