--- v0 (2026-01-27)
+++ v1 (2026-03-28)
@@ -54,1570 +54,1570 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/474/474_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 34 DA LEI ORGÂNICA DO MUNICÍPIO DE CASCAVEL NA FORMA QUE INDICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O § 5º DO ART. 72 DA LEI ORGÂNICA DO MUNICÍPIO DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO AOS SERVIDORES EFETIVOS DA CÂMARA MUNICIPAL DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>Francisca Ivonete Mateus Pereira</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O FUNDO MUNICIPAL DE MEIO AMBIENTE, INSTITUÍDO PELA LEI MUNICIPAL N. 1.932/2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 1.914/2017, DE 21 DE DEZEMBRO DE 2017, QUE AUTORIZA O CHEFE DO PODER EXECUTIVO REALIZAR DOAÇÃO DE IMÓVEL (TERRENO) A SER DESAPROPRIADO PARA OS FINS DE INSTALAÇÃO DA EMPRESA INTERLÂNDIA LTDA., NOS TERMOS DO PROTOCOLO DE INTENÇÕES, FIRMADO ATRAVÉS DA LEI MUNICIPAL N. 1.902/2017, VISANDO A GERAÇÃO DE EMPREGO E RENDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/395/395_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS NORMAS DE CIRCULAÇÃO E PERMANÊNCIA DE ANIMAIS NAS PRAIS DO MUNICÍPIO DE CASCAVEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/414/414_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXTINÇÃO DE CRÉDITOS TRIBUTÁRIOS MEDIANTE DAÇÃO EM PAGAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/457/457_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REAJUSTE SALARIAL AOS PROFESSORES DE EDUCAÇÃO BÁSICA DO MAGISTÉRIO MUNICIPAL DE CASCAVEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/441/441_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REAJUSTE SALARIAL AOS SECRETÁRIOS ESCOLARES DO MUNICÍPIO DE CASCAVEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/453/453_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS) NO MUNICÍPIO DE CASCAVEL/CE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/454/454_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/454/454_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CUMPRIMENTO DA JORNADA DE TRABALHO DOS CONSELHEIROS TUTELARES DO MUNICÍPIO DE CASCAVEL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/455/455_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/455/455_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 1.203/2005 QUE DISPÕE SOBRE O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/456/456_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA DE CONTROLE INTERNO DO MUNICÍPIO DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Marcio do Brito</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/463/463_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ O TÍTULO DE CIDADÃO CASCAVELENSE AO SR. PASTOR JOSENIAS FORTE DA SILVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/464/464_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA MÁRIO LYCIO SEVE DE ABREU E LIMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/476/476_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 1.858/2017, QUE INSTITUI A NOVA ESTRUTURA ORGANIZACIONAL E O REGIMENTO INTERNO DA PREFEITURA MUNICIPAL DE CASCAVEL, PARA FINS DE UNIFICAR A CONTROLADORIA E A OUVIDORIA GERAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/477/477_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISOÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/478/478_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O ENVIO DE PRESTAÇÃO DE CONTAS MENSAL DO PODER EXECUTIVO À CÂMARA MUNICIPAL NO FORMATO DIGITAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/479/479_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA A ALTERAÇÃO REALIZADA NO CONTRATO DE CONSTITUIÇÃO DO CONSÓRCIO INTERMUNICIPAL DE GESTÃO INTEGRADA PARA ATERRO DE RESÍDUOS SÓLIDOS - COMARES - UCV, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Gleidson da Boa Água</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/484/484_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA O INSTITUTO FILHO E AMIGOS DE PITOMBEIRA - IFAP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/505/505_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO FISCAL COM VIGÊNCIA PARA O EXERCÍCIO DE 2018 NA FORMA QUE INDICA E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/530/530_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALIENAÇÃO, A CESSÃO, A TRANSFERÊNCIA, A DESTINAÇÃO E A DISPOSIÇÃO FINAL AMBIENTALMENTE ADEQUADA DE BENS MÓVEIS INSERVÍVEIS AO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/535/535_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 1.917/2018, QUE AUTORIZA A DOAÇÃO DE TERRENO À EMPRESA INTERLÂNDIA LTDA., E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/536/536_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 1.917/2018, QUE AUTORIZA A DOAÇÃO DE TERRENO LOCALIZADO NO DISTRITO INDUSTRIAL À EMPRESA INTERLÂNDIA LTDA., E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/552/552_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 1.858/2017, QUE INSTITUI A NOVA ESTRUTURA ORGANIZACIONAL E O REGIMENTO INTERNO DA PREFEITURA MUNICIPAL DE CASCAVEL PARA FINS DE CRIAÇÃO DE ASSESSORIA DE PROJETOS DE ENGENHARIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Rodrigo Magazine</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/543/543_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA LOURDES BESSA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/544/544_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA ANTÕNIO RIMUALDO NETO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/545/545_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AS RUAS ANTÔNIO JARDILINO DA SILVA E RUA ALZIRA CAITANO DE LIMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Sebastião Uchoa</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA JOÃO DE DEUS NOGUEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AS RUAS NOSSA SENHORA APARECIDA E SANTA EDWIGES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA NUNES BEZERRA NO DISTRITO DE PITOMBEIRAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 1.936/2018 QUE AUTORIZA A DOAÇÃO DE TERRENO LOCALIZADO NO DISTRITO INDUSTRIA À EMPRESA INTERLÂNDIA LTDA., E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Alex do Zumbi</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICA ESTABELECIDO QUE TODAS AS AGÊNCIAS BANCÁRIAS E PRESTADORAS DE SERVIÇOS DE BANCOS QUE OPERAM EM CASCAVEL A INSTALAREM ACESSO PARA OS CADEIRANTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/590/590_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DA CIDADANIA NO MUNICÍPIO DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/593/593_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/594/594_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CASCAVEL PARA O ANO DE 2019.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Priscila Lima</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/611/611_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AS RUAS DA COMUNIDADE DA BICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/612/612_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA NICÁCIO CONSTANTINO DA SILVA NA SEDE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/630/630_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N. 1.735/2014 NO QUE CONCERNE À AJUDA DE CUSTO DOS AGENTES DE COMBATE ÀS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/631/631_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXTINÇÃO DE CARGOS DO QUADRO DE PESSOAL DO PODER EXECUTIVO DO MUNICÍPIO DE CASCAVEL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/475/475_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO VICE-PREFEITO MUNICIPAL, SR. WALTEMAR MATIAS DE SOUZA, LICENÇA PARA AUSENTAR-SE DO PAÍS NO PERÍODO 05 A 17 DE MAIO DE 2018 NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/391/391_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REITERANDO O REQUERIMENTO N° 075/2017 (CÓPIA ANEXO), APROVADO NO DIA 04/04/2017 NO QUAL SOLICITA CONSERTO DA ILUMINAÇÃO DO CALÇADÃO DA LOCALIDADE DA BICA.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/392/392_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O REITERAMENTO DO REQUERIMENTO N° 263/2017 (CÓPIA ANEXO), QUE FOI APROVADO NO DIA 31/10/2017, NO QUAL SOLICITA COM URGÊNCIA UMA PINTURA GERAL NA CRECHE LUIZINHA PAIVA CARDOSO NO DISTRITO DE JACARECOARA.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/393/393_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REITERANDO O REQUERIMENTO N° 278/2017 (CÓPIA ANEXO), QUE FOI APROVADO NO DIA 07/11/2017, NO QUAL SOLICITA COM URGÊNCIA SINALIZAÇÃO NA PRAIA DE BARRA VELHA.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/394/394_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM TOMADAS PROVIDENCIAS PARA EXECUÇÃO DE SERVIÇOS DE MELHORIAS NAS ESTRADAS RURAIS DO CHORÓ VAQUEJADOR AO BRITO.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DA ESTRADA QUE LIGA O DISTRITO DE GUANACÉS À COMUNIDADE DE PREAÓCA. A MESMA ATRAVESSA A LOCALIDADE DE BOA ÁGUA, QUE TAMBÉM NECESSITA EM CARÁTER DE URGÊNCIA A SUA RECUPERAÇÃO DE SUAS RUAS.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER UMA REFORMA PARA A CRECHE LOCALIZADA NA COMUNIDADE DE VILA MARIANA NO DISTRITO DE GUANACÉS.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>Joaquim Filho</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/377/377_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJ A ENVIADO INFORMAÇÕES SOBRE A EMPRESA QUE FORNECE OS APARELHOS CELULARES QUE AUXILIAM O DEMUTRAN, TAIS COMO VALOR DO SERVIÇO, DADOS DO DESEMPENHO DE APLICAÇÃO NO MUNICÍPIO E ETC.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO PARA ANALISE O ORÇAMENTO COM O QUE FOI GASTO NO PERÍODO CARNAVALESCO NO MUNICÍPIO DE CASCAVEL EM 2018.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONSTRUÍ DA UMA PRAÇA PÚBLICA NO DISTRITO DO BALBINO VISANDO UMA MELHOR QUALIDADE DE VIDA PARA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/380/380_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO E A CONCLUSÃO COM ASFALTO OU CALÇAMENTO DA ESTRADA DE MOITA REDONDA ATÉ A CE 040, POIS A MESMA ENCONTRA-SE EM PÉSSIMAS CONDIÇÕES.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/381/381_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A ELABORAÇÃO DE UM PROJETO PARA TRATAR SOBRE O SISTEMA DE ESCOAMENTO DE ÁGUA NA RUA FRANCISCO GALDINO DE SOUZA, TRECHO ENTRE OS NÚMEROS 2714 À 2756, NO CENTRO DE CASCAVEL.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/382/382_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO (CALÇAMENTO) DA TRAVESSA ELIEZER XIMENES RODRIGUES NO BAIRRO VILA PACHECO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/383/383_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RECUPERAÇÃO DO CALÇAMENTO DA RUA ELIEZER XIMENES RODRIGUES NO BAIRRO VILA PACHECO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/384/384_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DO CALÇAMENTO DA RUA DR. BRANQUINHO NAS MEDIAÇÕES DO NÚMERO 2199 NO CENTRO DESTA CIDADE.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/385/385_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A A RECUPERAÇÃO DA ESTRADA QUE LIGA A VILA PACHECO À MOITA REDONDA.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/386/386_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSERTO DA LUMINÁRIA DO POSTE DA RUA PADRE VALDEVINO NOGUEIRA PRÓXIMO A IGREJA DO PATRONATO,</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/387/387_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O CALÇAMENTO PARA A RUA CARMOSITA CAMPELO BESSA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/388/388_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO PARA O RESTANTE DAS RUAS DO BAIRRO MIRANTE DA SERRA.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/389/389_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PAVIMENTAÇÃO PARA A RUA QUE SE INICIA AO LADO DA IGREJA DE SÃO JOSE TERMINANDO NO BAIRRO MIRANTE DA SERRA.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/390/390_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER EMPENHO NO SENTIDO DE SER FEITO A ENTREGA DE CORRESPONDÊNCIAS NO BAIRRO MIRANTE DA SERRA.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Luciedson</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/396/396_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O CALÇAMENTO PARA A RUA MARIA FLOR, NO BAIRRO VILA PACHECO.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/397/397_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA RESTAURADA A ESTRADA QUE LIGA O DISTRITO DE GUANACÉS A COMUNIDADE DE CHORÓ SERROTE. A REFERIDA SOLICITAÇÃO VEM ATRAVÉS DA COMUNIDADE QUE NOS PROCUROU, PARA QUE SEJAM TOMADAS AS PROVIDÊNCIAS NO SENTINDO DE MELHORAR AS CONDIÇÕES DE TRAFEGO NAQUELA REGIÃO.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/398/398_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DAS ESTADAS QUE LIGA A COMUNIDADE DE VILA MARIANA NA CE-253 ATÉ AS LOCALIDADES DE LAGOA DE SOUSA I E II.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/399/399_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A DRENAGEM DA RUA SÃO JOÃO COM A CE-253, QUE LIGA O MUNICÍPIO DE CASCAVEL A PACAJUS NO DISTRITO DE GUANACÉS.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/400/400_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITA UMA REFORMA NO COLÉGIO DA COMUNIDADE DE LAGOA DE SOUZA.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/401/401_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REINSTALADO O PARA-RAIOS DA COMUNIDADE DE PREAÓCA.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/402/402_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO REPAROS NA ELETRICIDADE DO COLÉGIO ABDON DANTAS, LOCALIZADA NO DISTRITO DE GUANACÉS.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/403/403_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REITERAÇÃO DO REQUERIMENTO QUE SOLICITA SANEAMENTO BÁSICO PARA A RUA CEL. BIÁ.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/404/404_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DA RUA SANTO ANTÔNIO NO BAIRRO PLANALTO NOVO CASCAVEL.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2018/405/req_n._0030-2018.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2018/405/req_n._0030-2018.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DA RUA FRANCISCA FERREIRA PESSOA NO BAIRRO MORADA LESTE.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/406/406_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA CALÇAMENTOS PARA AS RUAS: ANANIAS DAMASCENO DA SILVA, BEO CLÉCIO FERREIRO LIMA E FRANCISCO NOGUEIRA DA SILVA, TODAS NO BAIRRO DO ALTO LUMINOSO.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Alberto do Pompeu</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/407/407_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITO O CALÇAMENTO NO LADO QUE LEVA AO SÍTIO MOURA DA RUA PADRE PEDRO VITORINO, NO CENTRO DO DISTRITO DE GUANACÉS.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/408/408_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITA UMA LIMPEZA DE FORMA MAIS MINUCIOSA NO LADO QUE LEVA AO SITIO MOURA DA RUA PADRE PEDRO VITORINO, NO CENTRO DO DISTRITO DE GUANACÉS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/409/409_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/409/409_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER UM REDUTOR DE VELOCIDADE( QUEBRA MOLA) PARA AS RUAS: RUA CEL. JOAQUIM DE BARROS, RUA PROFESSOR JOSÉ ANTÔNIO, PERPENDICULAR A RUA ALFREDO DE CASTRO, NO BAIRRO CENTRO EM PROXIMIDADES A ANTIGA CADEIA PÚBLICA E PRAÇA NOSSA SENHORA DO Ó.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/410/410_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/410/410_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CALÇAMENTO EM UMA RUA QUE FICA NA TRAVESSA SÍTIO GURITA - GUANACÉS, QUE DÁ ACESSO A AVENIDA EUFRÁSIO DANTAS, ESTA RUA É ESTREITA E CURTA, TEM APROXIMADAMENTE 6 METROS DE LARGURA POR 200 METROS DE COMPRIMENTO.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/411/411_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O CALÇAMENTO DA RUA DEUSDETE DANTAS, PRÓXIMO AO POSTO DE SAÚDE DE GUANACÉS.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/412/412_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A COBERTA DA QUADRA POLIESPORTIVA DE GUANACÉS, SITUADA NA RUA ISAAC BENÍCIO S/N, PRÓXIMA A CRECHE HILDA DANTAS.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>Aílton Dantas</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/413/413_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O PROCESSO N° 2620-39.2009.8.06.0062/0, A RESPEITO DE UM LEILÃO PÚBLICO MUNICIPAL, VISTA SER DE INTERESSE DO MUNICÍPIO DA CONTINUIDADE AO REFERIDO LEILÃO, POIS OS VEÍCULOS ESTÃO SE DETERIORANDO, CAUSANDO PREJUÍZO AO MUNICÍPIO, SENDO INVIÁVEL A RECUPERAÇÃO DOS MESMOS.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/415/415_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DAS VIAS DE ACESSO DAS COMUNIDADES DE SITIO ZUMBI 1 E 2, BURITIZAL, SITIO CORTE, VACA MORTA, SITIO SÃO JOSÉ, E BARBALHO.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/416/416_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RESTAURAÇÃO DA PRAÇA DA COMUNIDADE DE PREAOCA.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/417/417_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA PARA A ESCOLA DE ENSINO FUNDAMENTAL DE CURRALINHO. ESSA SOLICITAÇÃO E DE GRANDE VALIA PARA A ESCOLA, POIS A MESMA TERÁ UM ESPAÇO APROPRIADO PARA O DESENVOLVIMENTO ESPORTIVO.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/418/418_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UM POSTO DE SAÚDE PARA A COMUNIDADE DE LAGOA DE SOUZA.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/419/419_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER UMA MELHORIA DA RUA OU PELO MENOS ALGUMAS CARRADAS DE ENTULHOS PARA MINIMIZAR OS PROBLEMAS DA RUA MARIA FLOR NO BAIRRO VILA PACHECO, ONDE SE ENCONTRA IMPOSSIBILITADA DE TRANSITAR, PROBLEMA ESSE QUE AUMENTA DECORRENTE DO PERÍODO CHUVOSO.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/420/420_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O POSTO DE SAÚDE DA LOCALIDADE DO BURITIZAL SEJA REATIVADO, POIS O MESMO ENCONTRA-SE DESATIVADO A MAIS DE QUATRO ANOS</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/421/421_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/421/421_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITA UMA REFORMA VISANDO MELHORIAS E ADEQUAÇÕES DA QUADRA NO DISTRITO DO BALBINO.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/422/422_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA UMA LIMPEZA NO PÁTIO DA SECRETÁRIA QUE V.EXA., ESTÁ A FRENTE.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/423/423_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/423/423_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA UMA BOMBA PARA O CHAFARIZ DO POÇO DA CECAL.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/424/424_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/424/424_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A TROCA DA ILUMINAÇÃO PÚBLICA DA RUA DR. PEDRO DE QUEIROZ FERREIRA, PARA LUZ DE LED.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/425/425_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/425/425_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA A RECUPERAÇÃO DAS VIAS DE ACESSO DA COMUNIDADE SITIO PRATA.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/426/426_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA A RECUPERAÇÃO DAS VIAS DE ACESSO DA COMUNIDADE CAMURIN.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/427/427_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DAS VIAS DE ACESSO DA COMUNIDADE PEDRO DE SOUSA.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/428/428_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DAS VIAS DE ACESSO DA COMUNIDADE DE MOITA REDONDA.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/429/429_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA A RECUPERAÇÃO DAS VIAS DE ACESSO DA COMUNIDADE DE TIJUCUSSU 1.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/430/430_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DAS VIAS DE ACESSO DA COMUNIDADE DE TIJUCUSSU II.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/431/431_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REDUTORES DE VELOCIDADE (LOMBADAS) NA TRAVESSA LÍBIA RIBEIRO NO BAIRRO DO MUTIRÃO.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/432/432_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONTINUAÇÃO DO CALÇAMENTO PARA A RUA JOSÉ GOIANO PRIMO, QUE LIGA O BAIRRO DO ALTO LUMINOSO AO MIRANTE DA SERRA.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/433/433_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DESTACADO UM EFETIVO FIXO DO BATALHÃO DE POLICIAMENTO DE RONDAS E AÇÕES INTENSIVAS E OSTENSIVAS - BPRAIO, QUANDO DA SUA IMPLANTAÇÃO NO MUNICÍPIO, AO DISTRITO DE GUANACÉS, SENDO DEVIDAMENTE SOLICITADO ÀS AUTORIDADES COMPETENTES POR MEIO DE ENVIO DE OFÍCIO _x000D_
 DESTA INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/434/434_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/434/434_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DA ESTRADA QUE LIGA A COMUNIDADE DO CHORO SERROTE ATÉ O CHORO PASSAGEM DO FRANCO 2, LOCALIZADA NO DISTRITO DE GUANACÉS.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/435/435_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/435/435_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA PARADA DE ÔNIBUS NA LOCALIDADE DO BURITIZAL, VISANDO UMA MELHOR QUALIDADE DE VIDA PARA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/436/436_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/436/436_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REITERAÇÃO DO PEDIDO DO REQUERIMENTO DE NÚMERO 283/17, SOLICITANDO A REALIZAÇÃO DE PAVIMENTAÇÃO EM PEDRA TOSCA NA TRAVESSA HORÁCIO OLIVEIRA BESSA.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/437/437_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/437/437_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DA QUADRA POLIESPORTIVA DA ESCOLA DE ENSINO FUNDAMENTAL DA COHAB.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/438/438_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/438/438_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AVALIAÇÃO TÉCNICA DO POÇO PROFUNDO SITUADO NA RUA JOAQUIM FERREIRA, CENTRO, PRÓXIMO AO ANTIGO BAR DO JOSUÉ.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/439/439_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O PATRULHAMENTO DIÁRIO NA MEDIAÇÕES DA PRAÇA SÃO FRANCISCO, PRINCIPALMENTE NA SAÍDA DOS ÔNIBUS DOS UNIVERSITÁRIOS NO PERÍODO DA TARDE.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/440/440_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER UM PROJETO DE EXTENSÃO DE FORNECIMENTO DE ÁGUA NA COMUNIDADE DE LAGOA DE SOUZA II.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/442/442_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/442/442_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE VOTOS DE PESAR À FAMÍLIA ENLUTADA DA JOVEM LUCINARA SILVA DOS SANTOS NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/443/443_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DA ESTRADA QUE LIGA A COMUNIDADE DO ALAGADICINHO ATÉ O COQUEIRO, LOCALIZADAS NO DISTRITO DE GUANACÉS.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/444/444_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/444/444_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITA UMA LIMPEZA NAS RUAS DA COMUNIDADE DE MATA QUIRI.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/445/445_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/445/445_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA TROCADA TODAS A LÂMPADAS DA REDE DE ILUMINAÇÃO PÚBLICA DAS COMUNIDADES DE BOA ÁGUA E JARDINS.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/446/446_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/446/446_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RESTAURAÇÃO DA ESTRADA QUE LIGA A CE-253 A COMUNIDADE DE SÍTIO NEVES I E II.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DA RUA PEREIRA E SILVA NO PARQUE URUPÊ NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>REQUER A LISTA DOS BENEFICIADOS QUE PODEM SER ISENTOS DO IPTU EM NOSSO MUNICÍPIO NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>REQUER QUE A MARCAÇÃO DE EXAMES E CONSULTAS NO MUNICÍPIO DE CASCAVEL SEJA REALIZADO POR TELEFONE NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>REQUER TRANSPORTE ESCOLAR PARA A ALUNA JHULIA SANTOS FÉLIX, DE TRÊS ANOS DE IDADE NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/451/451_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CALÇAMENTO PARA A RUA DONA FLOR NO BAIRRO VILA PACHECO NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/452/452_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A DOAÇÃO DE UMA PRÓTESE DO MEMBRO INFERIOR DIREITO AO CIDADÃO QUE INDICA.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/458/458_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DAS ESTRADAS DAS COMUNIDADES DO SÍTIO BOA FÉ, SÃO JOSÉ (GUANACES), DOS CALÇAMENTOS DA RUA COARIGUAZIL (ENTRADA DE CASCAVEL) E ESPAÇO NOBRE.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/459/459_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RETIRADA DO MEIO DA AVENIDA DA PRAIA DO BALBINO NESTE MUNICÍPIO DE ALGUNS POSTES QUE ATRAPALHA OS MOTORISTA QUE TRAFEGAM NAQUELE LOCAL COMO TAMBÉM NA RUA SÃO JOSÉ COM A RUA VITORINO DANTAS NO DISTRITO DE GUANACÉS.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/460/460_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA, TAPAR OS BURACOS DAS ESTRADAS DAS PRAIAS DA CAPONGA E BALBINO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/461/461_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MELHORIA DAS ESTRADAS DA COMUNIDADE DO COAÇU.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/462/462_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O CALÇAMENTO PARA RUA TRAVESSA MANOEL GOMES BAIRRO MUTIRÃO INICIO DA RUA CE 040.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/465/465_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA O DESLOCAMENTO DE UMA VIATURA DA PM PARA FAZER RONDAS NOS DISTRITO DE CRISTAIS E PITOMBEIRA E REGIÕES VIZINHAS.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/466/466_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DA ESTRADA QUE LIGA A PONTE LEITEIRA AO CHORÓ UMARI II.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/467/467_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITA A MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA DAS COMUNIDADE DO BRÍTO E PASSAGEM DO FRANCO I.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/468/468_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA RECUPERADO COM URGÊNCIA A ESTRADA QUE LIGA A COMUNIDADE DO BRITO À SERRA REDONDA.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/469/469_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DA RUA SAMUEL BEDÊ, DO TÉRMINO DO CALÇAMENTO AO SÍTIO BOA FÉ.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/470/470_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MANUTENÇÃO DA RUA PRINCIPAL DA MATA QUIRI I.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/471/471_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONTINUIDADE DO CALÇAMENTO DA RUA EURIDEIA BESSA , NO BAIRRO DA BESSALÂNDIA.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/472/472_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER MELHORIAS NAS RUAS DOS BAIRROS MORADA LESTE E ESPAÇO NOBRE, POIS OS MESMOS ESTÃO FICANDO INTRANSITÁVEIS EM RAZÃO DO PERÍODO CHUVOSO.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/473/473_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO À FAMÍLIA DA SENHORA ANTÔNIA OLIVEIRA DE SOUZA (D. TOINHA), COMUNICANDO VOTO DE PESAR, PELO SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/480/480_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RESTAURAÇÃO DA PRAÇA DO DISTRITO DE PITOMBEIRAS.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/481/481_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER EMPENHO PARA IMPLANTAÇÃO DO SISTEMA DE ÁGUA POTÁVEL NA COMUNIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/482/482_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO, ARBORIZAÇÃO E A INSTALAÇÃO DE APARELHOS PARA EXERCÍCIOS DE GINÁSTICA E MUSCULAÇÃO NA PRAÇA ASSIS FERREIRA MARÇAL (DUQUINHA), LOCALIZADA ENTRE AS RUAS LUCIANO RODRIGUES, LÍBIA RIBEIRO E MANOEL GOMES, NO BAIRRO DO MUTIRÃO.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/483/483_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DO CALÇAMENTO DA RUA CHANCELER EDSON QUEIROZ DO LADO DO XAVIER DA BISTECA.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>REQUER A PODA DAS ÁRVORES DA PRAÇA DO CHORÓ VAQUEJADOR.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA CAPELA PARA O CEMITÉRIO DO DISTRITO DE GUANACÉS.</t>
   </si>
   <si>
     <t>487</t>
   </si>
@@ -1630,1647 +1630,1647 @@
   <si>
     <t>488</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>REQUER A SUBSTITUIÇÃO DAS LÂMPADAS DE ILUMINAÇÃO PÚBLICA, POR LÂMPADAS DE LED NA RUA ISAURA PIRES E NAS VIZINHANÇAS DO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>REQUER A VISITA DE UM DENTISTA NA CRECHE DA LOCALIDADE DE BICA NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/497/497_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A TROCA DE TODAS AS LÂMPADAS QUEIMADAS DE POSTES PRÓXIMO AO MERCADO DO PEIXE NO DISTRITO DE CAPONGA.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>REQUER A VIABILIZAÇÃO DO FUNCIONAMENTO DO MERCADO DO PEIXE NO DISTRITO DA CAPONGA, NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DA ESTRADA DO CAMURIM.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>REQUER QUE SE ENVIE CONVITE AO SR. DEUSIMAR NASCIMENTO SILVA, PARA FAZER O USO DA TRIBUNA POPULAR NA SESSÃO DO DIA 22/05/2018, COM O OBJETIVO DE REIVINDICAR A GESTÃO MUNICIPAL PELOS SEUS DIREITOS TRABALHISTAS COMO SERVIDOR PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>REQUER A REFORMA DO CALÇAMENTO DAS RUAS QUE INDICA.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/494/494_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A AV. AUGUSTO DANTAS DE SOUSA NO BAIRRO JARDIM PRIMAVERA PASSE A TER ACOMPANHAMENTO DOS PROFISSIONAIS AGENTES DE SAÚDE.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/495/495_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER UM POSTO DE SAÚDE PARA A COMUNIDADE DO BAIRRO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/496/496_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/496/496_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITA À PODA, CAPINAGEM, PINTURA DO MEIO FIO É IMPLANTAÇÃO DA COLETA DE LIXO NAS DUAS VIAS DA AV. AUGUSTO DANTAS DE SOUSA, NO BAIRRO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/498/498_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REFORMA DO POSTO DE SAÚDE DA COMUNIDADE DE PASSAGEM DO FRANCO.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/499/499_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A AMPLIAÇÃO DA REDE ELÉTRICA COM ILUMINAÇÃO PÚBLICA PARA A CONTINUAÇÃO DA RUA PE. ANTÔNIO NEPOMUCENO, BAIRRO JARDIM PRIMAVERA, CASCAVEL(CE).</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/500/500_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ILUMINAÇÃO PÚBLICA PARA A COMUNIDADE DE VILA NOVA CAMURINHO CASCAVEL, NAS IMEDIAÇÕES DA CASA DA SRA. CLEIDE. VENDO A EXISTÊNCIA DE POSTES FALTANDO SÓ ARANDELAS E LÂMPADAS.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/501/501_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REITERAÇÃO DO PEDIDO DOS REQUERIMENTOS DE NÚMERO 041/17 E 118/17, AMBOS SOLICITANDO A REALIZAÇÃO DE PAVIMENTAÇÃO EM PEDRA TOSCA, O PRIMEIRO NA RUA PEDRO TOMÁS NO DISTRITO DA CAPONGA, E O SEGUNDO NA RUA DAS ORQUÍDEAS NO BAIRRO MIRANTE BOA VISTA.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/502/502_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REITERAÇÃO DO PEDIDO DO REQUERIMENTO DE NÚMERO 050/17, SOLICITANDO A REALIZAÇÃO DE PAVIMENTAÇÃO EM PEDRA TOSCA, NA MA ANTÔNIO BEZERRA, NO DISTRITO DE CAPONGA, FAVOR REAVALIAR A VIABILIDADE DA OBR.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/503/503_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA VISTA A POSSIBILIDADE DA CONSTRUÇÃO DE UM GINÁSIO POLIESPORTIVO NO DISTRITO DE CAPONGA, O BENEFICIO SERÁ DE GRANDE SOMATÓRIA E TRARÁ UMA MELHOR QUALIDADE DE VIDA PARA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONCLUSÃO DAS OBRAS NO POSTO DE SAÚDE DA LOCALIDADE DO SÍTIO SÃO JOSÉ É QUE SEJA ATENDIDO O PEDIDO DA COMUNIDADE DO TIJUCUSSÚ 2 QUE ESTÁ NECESSITANDO DE UM MÉDICO E DENTISTA NO POSTO DE SAÚDE PARA ATENDER A POPULAÇÃO.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/506/506_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O CHAFARIZ (RESERVATÓRIO) DA LOCALIDADE DA VACA MORTA SEJA ABASTECIDO DUAS VEZES POR MÊS.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/507/507_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DA ESTRADA QUE LIGA BURITIZAL AS LOCALIDADES DO SITIO SÃO JOSÉ E VACA MORTA.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/508/508_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A LIMPEZA E MANUTENÇÃO DA RUA RAIMUNDO GADELHA (PLANALTO).</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/509/509_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SE PROCEDA A SUBSTITUIÇÃO DE LÂMPADAS DA ILUMINAÇÃO PÚBLICA DE VAPOR DE SÓDIO, MERCÚRIO E METÁLICO POR LÂMPADAS DO TIPO LED NO BAIRRO DO MIRANTE DA COHAB.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/510/510_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SE PROCEDA COM URGÊNCIA A RECUPERAÇÃO DA ESTRADA DO RIACHO FUNDO.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/511/511_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SE PROCEDA A SUBSTITUIÇÃO DE LÂMPADAS DA ILUMINAÇÃO PÚBLICA DE VAPOR DE SÓDIO, MERCÚRIO E METÁLICO POR LÂMPADAS DO TIPO LED NA SEDE DO DISTRITO DE JACARECOARA.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/512/512_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SE PROCEDA COM URGÊNCIA A RECUPERAÇÃO DA ESTRADA E DAS RUAS DA LOCALIDADE DE BARRA VELHA.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/621/621_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFÍCIO AO EXMO. SR. EDNALDO LIMA - SECRETÁRIO DE INFRAESTRUTURA DO MUNICÍPIO DE CASCAVEL - CE, SOLICITANDO LIMPEZA DAS RUAS NO BAIRRO PLANALTO NOVO CASCAVEL E DA RUA SANTO ANTÔNIO (PLANALTO), E MANUTENÇÃO DO CHAFARIZ LOCALIZADO NO BAIRRO JOAQUIM FERREIRA.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/620/620_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM REQUERIMENTO AO SR. DANIEL QUEIROZ - SECRETÁRIO DE OBRAS DO MUNICÍPIO DE" CASCAVEL - CE, SOLICITANDO A MANUTENÇÃO DA ESTRADA DA COMUNIDADE DO CAMURIM, E DA RUA RAIMUNDO DE SOUSA (PLANALTO) PRÓXIMO A IGREJA METODISTA.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/619/619_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO À EXMA. SRA. FRANCISCA IVONETE MATEUS PEREIRA - PREFEITA MUNICIPAL DE "CASCAVEL - CE, SOLICITANDO UMA AUTORIZAÇÃO PARA MORADORES DA LOCALIDADE DE CRISTAIS POSSAM FAZER A REFORMA DA PRAÇA CIRCULAR.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/618/618_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO EXMO. SR. EDNALDO LIMA - SECRETÁRIO DE INFRAESTRUTURA DO MUNICÍPIO DE CASCAVEL - CE, SOLICITANDO A LIMPEZA DAS RUAS E DO ENTORNO DA PRAÇA PRINCIPAL DA LOCALIDADE DE CRISTAIS.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/617/617_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM REQUERIMENTO AO SR. DANIEL QUEIROZ - SECRETÁRIO DE OBRAS DO MUNICÍPIO DE" CASCAVEL - CE, SOLICITANDO A MANUTENÇÃO DO CALÇAMENTO NA LOCALIDADE DE CRISTAIS.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/616/616_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONVIDADO O EXCELENTÍSSIMO SENHOR LUÍS CARLOS DO NASCIMENTO - SECRETÁRIO DE SAÚDE DO MUNICÍPIO DE CASCAVEL - CE, PARA A PRÓXIMA SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL NO DIA 12 DE JUNHO DE 2018 ÀS 15:00 HORAS, PARA PRESTAR INFORMAÇÕES SOBRE OS POSTOS DE SAÚDE DO MUNICÍPIOS.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/531/531_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA A MELHORIA DA ESTRADA DO TIJUCUSSU I E II, POIS AS MESMAS ENCONTRAM-SE INTRANSITÁVEIS.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/513/513_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A QUANTIDADE DE DENTISTAS E ENFERMEIROS EFETIVOS É A QUANTIDADE DE POSTOS DE SAÚDE QUE FUNCIONAM EM PRÉDIOS LOCADOS COM SUAS RESPECTIVAS LOCALIZAÇÕES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/514/514_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A QUANTIDADE DE FISIOTERAPEUTAS, DOS PACIENTES ATIVOS É OS QUE ESTÃO NA ESPERA PELO ATENDIMENTO FISIOTERÁPICO NA POLICLÍNICA._x000D_
 SALA</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/515/515_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO UM REQUERIMENTO AO SR. DANIEL QUEIROZ - SECRETÁRIO DE OBRAS DO MUNICÍPIO DE CASCAVEL - CE, SOLICITANDO A ILUMINAÇÃO DA ARENINHA.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/516/516_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO EXMO. SR EDNALDO LIMA - SECRETÁRIO DE INFRAESTRUTURA DO MUNICÍPIO DE CASCAVEL - CE, SOLICITANDO O ROÇO DA ESTRADA QUE DA ACESSO A LOCALIDADE DE PEDRO DE SOUZA.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/517/517_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA A LIMPEZA DAS RUAS QUE ESTÃO SENDO FINALIZADAS OS CALÇAMENTOS NO BAIRRO DO ALTO LUMINOSO.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/518/518_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA A MANUTENÇÃO DO CHAFARIZ DA MATA QUIRÍ I.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/519/519_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA A MANUTENÇÃO DA ESCOLA DA MATA QUIRÍ I.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/520/520_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA REPAROS NO ASFALTO DA RUA OTÁVIO FELICIANO DE SOUZA, PISTA PRINCIPAL QUE LIGA A MOITA REDONDA, LOGO APÓS A ROTATÓRIA, POIS ENCONTRA-SE INTRANSITÁVEL.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/521/521_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA MANUTENÇÃO DA ESTRADA DA LOCALIDADE DE SALGADINHO.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/522/522_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REITERANDO REQUERIMENTO N° 187/2017 (CÓPIA ANEXO), APROVADO NA SESSÃO ORDINÁRIA DO DIA 08/08/2017, NO QUAL SOLICITA A TROCA DE LÂMPADAS DA COMUNIDADE DO SÍTIO COAÇÚ.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/523/523_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REITERANDO REQUERIMENTO N° 188/2017 (CÓPIA ANEXO), APROVADO NA SESSÃO ORDINÁRIA DO DIA 08/08/2017, NO QUAL SOLICITA UMA PODA NA ESTRADA QUE LIGA O CENTRO À COMUNIDADE DO SÍTIO COAÇÚ.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/524/524_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER EMPENHO JUNTO ESTA INSTITUIÇÃO NO SENTIDO DE SER FEITO A ENTREGA DE CORRESPONDÊNCIAS NO BAIRRO MIRANTE DA SERRA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/525/525_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RESTAURAÇÃO DAS VIAS DE ACESSO DA COMUNIDADE BURITIZAL PASSANDO PELA PRAÇA SAINDO NA MARISA.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/526/526_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RESTAURAÇÃO DAS VIAS DE ACESSO DA COMUNIDADE VACA MORTA AO SITIO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/527/527_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO EXCELENTÍSSIMO SENHOR SECRETÁRIO DE OBRAS DO MUNICÍPIO DE CASCAVEL - CE, SOLICITANDO A REFORMA DOS BANHEIROS PÚBLICOS DOS MERCADOS, DO CENTRO DE ABASTECIMENTO E QUE SEJAM COLOCADOS BANHEIROS QUÍMICOS AOS SÁBADOS PARA ATENDER A DEMANDA DA FEIRA, BEM COMO A MANUTENÇÃO DA INSTALAÇÃO ELÉTRICA DOS MERCADOS PÚBLICOS.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/528/528_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA MANUTENÇÃO DA RUA PRINCIPAL DO LOTEAMENTO MORADA LESTE.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/529/529_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A LIMPEZA DE UM POÇO PROFUNDO NA COMUNIDADE MOITA REDONDA, EM FRENTE A DA CASA DA DONA COTINHA.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/532/532_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA A ELABORAÇÃO DE UM PROJETO PARA QUE SEJA FEITA A ENCANAÇÃO DA RUA ANANIAS DAMASCENO DA SILVA ATÉ A RUA PRINCIPAL NO BAIRRO DO ALTO LUMINOSO PARA QUE ASSIM A ÁGUA POSSA ESCORRER.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/533/533_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA COBERTA NA QUADRA PÚBLICA DE GUANACÉS, LOCALIZADA AO LADO DO CLUBE RECREATIVO DO REFERIDO DISTRITO.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/534/534_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITA A RECUPERAÇÃO DA ESTRADA QUE LIGA O CENTRO DO DISTRITO DE GUANACÉS ATÉ O CHORO SERROTE.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/537/537_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CALÇAMENTO PARA A RUA DOM CARLOS DUARTE DA COSTA NA LOCALIDADE DE ÁGUAS BELAS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/538/538_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O CONSERTO DA VIA PÚBLICA QUE LOCALIZA-SE NA RUA JOÃO DAMASCENO FONTENELE COM JORNALISTA JOÃO LOPES, PRÓXIMO AO CHAFARIZ POR TRÁS DA IGREJA SÃO FRANCISCO, POIS A MESMA ESTÁ COM O TRÂNSITO PREJUDICADO EM RAZÃO MÁ CONDIÇÃO DO ASFALTO ACUMULANDO ÁGUA E PREJUDICANDO O ACESSO DOS PEDESTRES.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/539/539_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA SOLUÇÃO PARA ACUMULAÇÃO DE ÁGUA NA AVENIDA PREFEITO VITORIANO ANTUNES, PRÓXIMO AO COMÉRCIO DO NETINHO DO JOEL.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/540/540_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA LIMPEZA DAS RUAS DO LOTEAMENTO JARDIM PRIMAVERA, POIS O MATO ESTÁ TOMADO CONTA DAS RUAS DO REFERIDO LOTEAMENTO.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/541/541_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA SINALIZAÇÃO DE TRÂNSITO VERTICAL E HORIZONTAL DOS BINÁRIOS NO CENTRO DA CIDADE, COM FAIXA DE ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/542/542_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA REFORMA DOS EQUIPAMENTOS DE GINÁSTICAS EM VOLTA DA ACADEMIA DE SAÚDE NA AV. CHANCELER EDSON QUEIROZ, POIS A MESMA ENCONTRA-SE DETERIORADOS.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/547/547_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO SUPERINTENDENTE DO DUMUTRAN NO MUNICÍPIO DE CASCAVEL, SOLICITANDO SINALIZAÇÃO "ADESIVOS RETRO REFLETORES E PLACAS DE INDICAÇÃO" PARA AS RUAS CEL. HORÁCIO BESSA E AV. OTÁVIO FELÍCIO DE SOUZA EM FRENTE A SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/550/550_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO À FAMÍLIA DA SENHORA D. LÚCIA RAMOS NOGUEIRA, COMUNICANDO VOTO DE PESAR, PELO SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/549/549_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO ILUSTRÍSSIMO SENHOR JOSÉ SÉRGIO FONTENELE DE AZEVEDO - SUPERINTENDENTE DO DEPARTAMENTO ESTADUAL DE RODOVIAS - DER, SOLICITANDO COM URGÊNCIA, RECUPERAÇÃO DA CE 253 TRECHO QUE LIGA CASCAVEL À PRAIA DE BARRA NOVA.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/548/548_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PAVIMENTAÇÃO EM PEDRA TOSCA PARA A RUA JOÃO DE DEUS NOGUEIRA.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/551/551_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO SECRETÁRIO DE OBRAS DO MUNICÍPIO DE CASCAVEL - CE, SOLICITANDO COM URGÊNCIA, REFORMA PARA A UNIDADE BÁSICA DE SAÚDE DA COMUNIDADE DO BRITO.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA A TROCA DE LÂMPADAS QUEIMADAS, NA RUA SÃO FRANCISCO A SEXTA RUA APÓS O MOTEL CHALANA NA MATA QUIRI,</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/554/554_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE UM COMPUTADOR COM INTERNET NO POSTO DE SAÚDE MARTA MOURA.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA MANUTENÇÃO DA ESTRADA DA RUA PRINCIPAL DO BAIRRO PLANALTO NOVO.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SOLICITANDO COM URGÊNCIA CALÇAMENTO PARA A TRAVESSA MANUEL GOMES NO BAIRRO DO MUTIRÃO.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DO CHAFARIZ LOCALIZADO NA RUA ACELINO DE QUEIROZ (PRÓXIMO A RESIDÊNCIA DO SR. VALDECI).</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A FOLHA DE PAGAMENTO DA RESPECTIVA SECRETARIA REFERENTE AOS MESES DE MAIO, JUNHO E JULHO DE 2018.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ASFALTO DA RUA ALFREDO DE CASTRO ATÉ A LOCALIDADE DA BICA, DEVIDO A OBRA DA CAGECE DE AMPLIAÇÃO DA REDE D'ÁGUA NAQUELA REGIÃO.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/564/564_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE OS PROFESSORES TENHAM O TEMPO ADEQUADO DE PLANEJAMENTO.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/565/565_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA MOLAS) PARA AS RUAS DO BAIRRO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A AMPLIAÇÃO DO ABASTECIMENTO DE ÁGUA DA COMUNIDADE DO SÍTIO HIGINO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/567/567_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DA RUA LOURIVAL COSTA NO BAIRRO MORADA LESTE.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CÓPIA DO CONVÊNIO ENTRE A PREFEITURA E A CRECHE ANA MARCELO ANTUNES NA FORMA QUE INDICA.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/569/569_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DO CHAFARIZ DO SÍTIO ZUMBI.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A LIMPEZA DAS RUAS DA COMUNIDADE DE MATA QUIRI I.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO PARA A RUA PRINCIPAL DA LOCALIDADE DE MATA QUIRÍ. RUA DA IGREJA EVANGÉLICA. A MESMA ENCONTRA-SE INTRANSITÁVEL.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITA RECUPERAÇÃO DAS RUAS DA COMUNIDADE DE BARBALHO.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFÍCIO, ENDEREÇADO À EXCELENTÍSSIMA SENHORA PREFEITA MUNICIPAL DE CASCAVEL -CE, FRANCISCA IVONETE MATHEUS PEREIRA, SOLICITANDO QUE SEJ AM TROCADAS AS LÂMPADAS EXISTENTES, NA ILUMINAÇÃO PÚBLICA DAS LOCALIDADES DE OITICICA, MANGUINHO E CHORÓ PEDRINHA, PELAS LÂMPADAS LED.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO EXCELENTÍSSIMO SENHOR LUÍS CARLOS DO NASCIMENTO - SECRETARIO DE SAÚDE DO MUNICÍPIO DE CASCAVEL - CE, SOLICITANDO A QUANTIDADE E A LOCALIZAÇÃO DOS POSTOS DE SAÚDE EM FUNCIONAMENTO.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO SENHOR FRANCISCO FÁBIO COSTA - SECRETÁRIO DE EDUCAÇÃO DO MUNICÍPIO DE CASCAVEL, SOLICITANDO A QUANTIDADE E A LOCALIZAÇÃO DAS ESCOLAS E CRECHES EM FUNCIONAMENTO.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA CALÇAMENTO PARA A TRAVESSA MANUEL GOMES NO BAIRRO DO MUTIRÃO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/563/563_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ENVIO DE OFÍCIOS AO SR. SECRETÁRIO LUIZ CARLOS DO NASCIMENTO (SECRETÁRIO DE SAÚDE DO MUNICÍPIO) E ADRIANA LOBO PINHEIRO (SECRETÁRIA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE CASCAVEL), SOLICITANDO A RELAÇÃO DOS PRESTADORES DE SERVIÇOS EM CADA SECRETARIA.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA LIMPEZA DAS RUAS DO BAIRRO ESPAÇO NOBRE.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/580/580_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA A PERFURAÇÃO DE UM POÇO PROFUNDO NO BAIRRO ESPAÇO NOBRE.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O ASFALTO PARA A RUA MANUEL PACHOLA NO DISTRITO DE CAPONGA.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO ESPAÇO NOBRE.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM ENCAMINHADOS OFÍCIOS À SECRETARIA DAS CIDADES DO GOVERNO DO ESTADO DO CEARÁ, COMPANHIA DE ÁGUA E ESGOTO DO CARÁ - CAGECE E PARA ARCE - AGÊNCIA REGULADORA DE SERVIÇOS PÚBLICOS DELEGADOS DO ESTADO DO CEARÁ, SOLICITANDO O ABASTECIMENTO DE ÁGUA NA SEDE DO DISTRITO DE GUANACÉS, MUNICÍPIO DE CASCAVEL/CE.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO OFÍCIO À EXCELENTÍSSIMA SENHORA PREFEITA DO MUNICÍPIO DE CASCAVEL, FRANCISCA IVONETE MATEUS PEREIRA SOLICITANDO QUE SEJA FEITA UMA RECUPERAÇÃO DO CALÇAMENTO DA RUA MANOEL MOREIRA DE SOUZA, NO BAIRRO DO PLANALTO NA SEDE DO MUNICÍPIO DE CASCAVEL.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO À EXMA. SRA. FRANCISCA LVONETE MATEUS PEREIRA, PREFEITA MUNICIPAL DE CASCAVEL - CE, SOLICITANDO A CONSTRUÇÃO DE UM LOCAL PARA VELAR OS COPOS NO CEMITÉRIO DE GUANACÉS.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO À EXMA. SRA. FRANCISCA IVONETE MATEUS PEREIRA, PREFEITA MUNICIPAL DE CASCAVEL - CE, REITERANDO O REQUERIMENTO DE N" 094/2017, APROVADO NA SESSÃO ORDINÁRIA DO DIA 11/04/2017, NO QUAL SOLICITA A RECUPERAÇÃO DA ESTRADA DA COMUNIDADE DE BALBINO. SEGUE CÓPIA DO REQUERIMENTO N°094/2017.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/587/587_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA CALÇAMENTO PARA A RUA RAIMUNDO CANDIDO DA SILVA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/588/588_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER COM URGÊNCIA CALÇAMENTO PARA A RUA ANTÔNIO CANDIDO DA SILVA NESTE MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/589/589_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER COM URGÊNCIA CALÇAMENTO PARA A RUA EVANGELISTA CHICO MENDES NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/604/604_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DO CALÇAMENTO DAS RUAS FRANCISCO CÂNDIDO DA SILVA, ANTONIO FERREIRA ROSA E COMUNIDADE DA RUA ANTONIO RIMUALDO NETO NO BAIRRO MUTIRÃO.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/605/605_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A INCLUSÃO DO COLÉGIO DO DISTRITO DE JACARECOARA NESTE MUNICÍPIO DO FNDE DENOMINADA DE "MÓDULO DE AMPLIAÇÃO PARA ESCOLA INFANTIL"</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/606/606_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REITERADO O PEDIDO FORMULADO NO REQUERIMENTO N. 133/2018 DE SUA AUTORIA.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/607/607_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE SEMÁFORO NO CRUZAMENTO DA RUA SAMUEL BEDÊ COM A AV. DESEMBARGADOR FELICIANO DE ATHAÍDE NA ESQUINA DO DEPÓSITO DO SR. IVAN RODRIGUES.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/591/591_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CALÇAMENTO PARA A TRAVESSA MANOEL GOMES NO MUTIRÃO.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/592/592_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RELAÇÃO DOS MATÉRIAS UTILIZADOS NA REFORMA DA UBS DO TIJUCUSSU I E OS VALORES DE CADA ITENS.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/596/596_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A MANUTENÇÃO DA RUA PADRE ANTÔNIO NEPOMUCENO NO BAIRRO JUAREZ QUEIROZ.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/597/597_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER REPAROS NA ESTRADA DO CURRALINHO.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/598/598_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A COLOCAÇÃO DAS TRAVES DA ESCOLA ARMANDO FALCÃO NA LOCALIDADE DO SÍTIO PRATA.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/599/599_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER UMA AMBULÂNCIA PARA COMUNIDADE DE BARRA VELHA E QUE DISPONIBILIZE UM MÉDICO PEDIATRA PARA ATENDER 'PELO MENOS UMA FEZ POR MÊS NA REFERIDA COMUNIDADE.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/600/600_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA TROCADA TODAS AS LÂMPADAS DA REDE DE ILUMINAÇÃO PÚBLICA POR LÂMPADAS DE LEDS DAS COMUNIDADES DE' BOA ÁGUA, JARDINS PREAOCA, CURRALIN LAGOA DE SOUSA 1 E 2, NEVES 1 E 2, VILA MARIANO, CHORO JATOBÁ E CHORÓ BEBEDOURO.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/602/602_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA FEITA A RESTAURAÇÃO DA PRAÇA DA COMUNIDADE DE BALBINO.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/601/601_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PODA DAS ÁRVORES DA RUA MARIA DE LOURDES BEZERRA BAIRRO PLANALTO.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/603/603_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A TROCA DE LÂMPADAS DA COMUNIDADE DO COAÇÚ, POR LÂMPADAS DE LEDS.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/608/608_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PODA DE TODAS AS ÁRVORES DAS RUAS DO BAIRRO MORADA LESTE.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/609/609_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O PEDIDO DO REQUERIMENTO N. 170/2017, APROVADO NO DIA 08/08/2017 SEJA REITERADO JUNTO A ESSE PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/610/610_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE CONSTE DA ATA DESTA SESSÃO VOTOS DE PROFUNDO PESAR PELO FALECIMENTO DO SR. RAIMUNDO RODRIGUES DE SOUZA.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/613/613_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AUTORIZAÇÃO PARA SE AUSENTAR DO PAÍS NO PERÍODO DE 25 DE DEZEMBRO DE 2018 A 10 DE FEVEREIRO DE 2019, EM DATAS ALTERNADAS CONFORME ART. 48 DA LEI ORGÂNICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/614/614_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CÓPIA DO PROJETO DE CRIAÇÃO DO DISTRITO INDUSTRIAL DO MUNICÍPIO DE CASCAVEL.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/615/615_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO, ENDEREÇADO AO EXCELENTÍSSIMO SR. SECRETÁRIO DE SEGURANÇA PÚBLICA DO ESTADO DO' CEARÁ, DR. ANDRÉ SANTOS COSTA, COM CÓPIA PARA O COMANDO-GERAL DA POLÍCIA MILITAR DO CEARÁ E COMANDO LOCAL DO BATALHÃO DE POLICIAMENTO DE RONDAS E AÇÕES INTENSIVAS E OSTENSIVAS (BPRAIO), ELOGIANDO A ATUAÇÃO FUNCIONAL DO BPRAIO E EQUIPES DA FORÇA TÁTICA NO MUNICÍPIO DE CASCAVEL/CE, SOBRETUDO O TRABALHO DE PREVENÇÃO DE CRIMES GRAVES NESSA CIDADE, A EXEMPLO DOS CRIMES DE HOMICÍDIOS E TRÁFICO DE DROGAS.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/622/622_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER UM RELATÓRIO REFERENTE AOS MERCADOS PÚBLICOS MUNICIPAIS ESPECIFICANDO O QUANTO E O QUE ESTÁ SENDO GASTO EM CADA MERCADO MENSALMENTE NESSE ANO DE 201&amp; (EX : ILUMINAÇÃO, MATERIAL DE LIMPEZA ... ETC. ).</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/623/623_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO, ARBORIZAÇÃO E A INSTALAÇÃO APARELHOS DE EXERCÍCIO DE GINÁSTICA E MUSCULAÇÃO NA PRAÇA ASSIS FERREIRA MARÇAL (DUQUINHA) NO BAIRRO MUTIRÃO.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/624/624_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLANTAÇÃO DO PROGRAMA BICICLETA BRASIL (PBB) NO MUNICÍPIO DE CASCAVEL, CONFORME A LEI N. 13.724/2018.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/625/625_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DISPONIBILIZADO UM MÉDICO NO MÍNIMO UMA VEZ POR SEMANA NA LOCALIDADE DE CRISTAIS.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/626/626_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA ESTRUTURA QUE DÊ SUPORTE À CAIXA D'ÁGUA DE USO COMUNITÁRIO NA LOCALIDADE DE BARBALHO.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/627/627_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A DISPONIBILIZAÇÃO DE UM MÉDICO PARA O TURNO DA NOITE NOS DISTRITOS DE CAPONGA E GUANACÉS.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/628/628_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REFORMADO O CALÇAMENTO DA LOCALIDADE DE CRISTAIS.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/629/629_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE CALÇAMENTO PARA A RUA ÍTALO EMANUEL CARNEIRO NO BAIRRO ALTO LUMINOSO.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/632/632_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO, ARBORIZAÇÃO E A INSTALAÇÃO DE APARELHOS PARA EXERCÍCIOS DE GINÁSTICA E MUSCULAÇÃO NA PRAÇA JUVENAL DE CARVALHO (PRAÇA DO HOSPITAL).</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/633/633_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE APARELHOS PARA EXERCÍCIOS DE GINÁSTICA E MUSCULAÇÃO NA PRAÇA JOSÉ_x000D_
 COUTINHO (PRAÇA DAS TAMARINAS).</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/634/634_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO, ENDEREÇADO A EXCELENTÍSSIMA SENHORA SECRETÁRIA DA JUSTIÇA E CIDADANIA DO ESTADO DO CEARÁ, DRA. MARIA DO PERPETUO SOCORRO FRANÇA PINTO, REQUERENDO O INICIO/CONCLUSÃO DA REFORMA NA CADEIA PÚBLICA-DO MUNICÍPIO' DE' CASCAVEL/CE.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/635/635_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONVOCADA SRA. JOSENÊS MARQUES DE FREITAS PROCURADORA DO MUNICÍPIO DE CASCAVEL SE POSSÍVEL NA PRÓXIMA SESSÃO DESTA CASA QUE SERÁ NO DIA 27/11/2018 AS 15:00 HORAS, COM INTUITO DE ESCLARECER A SITUAÇÃO DOS MOTO-TAXISTAS REGULARIZADOS E NÃO REGULARIZADOS.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/636/636_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA UMA AUDIÊNCIA PÚBLICA, A SER REALIZADO NA CÂMARA MUNICIPAL DE CASCAVEL - CE, NO DIA 22 DE NOVEMBRO DE 2018 (QUINTA-FEIRA) ÀS 9:00 HORAS, PARA TRATAR DE ASSUNTOS RELACIONADOS AOS MOTO-TAXISTAS REGULARIZADOS E NÃO REGULARIZADOS.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/637/637_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO SENHOR FRANCISCO FÁBIO COSTA - SECRETÁRIO DE EDUCAÇÃO DO MUNICÍPIO DE CASCAVEL, SOLICITANDO QUE SEJA FEITA A MANUTENÇÃO DO TETO DA QUADRA POLIESPORTIVA DA ESCOLA NA LOCALIDADE DO CHORÓ VAQUEJADOR.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/638/638_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO PARA O CHEFE DA ENEL NA CIDADE DE CASCAVEL CEARÁ, PARA QUE SEJA FEITA UMA VISTORIA NO POSTE DA RUA MARINHEIRO ANTÔNIO SILVA, EM FRENTE AO DEPÓSITO "ORLANDO ROSÁRIO", POIS A FIAÇÃO ESTÁ INVADINDO AS CASAS COLOCANDO EM RISCO A VIDA DOS. MORADORES QUE ALI RESIDEM.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/639/639_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO À EXMA. SRA. PREFEITA MUNICIPAL DE CASCAVEL CEARÁ, SOLICITANDO A REPOSIÇÃO DAS LÂMPADAS PARA A COMUNIDADE DE MATA QUIRI.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/640/640_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO À EXMA. SRA. PREFEITA MUNICIPAL DE CASCAVEL CEARÁ, REITERANDO O REQUERIMENTO DE NÚMERO 117/2018.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/641/641_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO À EXMA. SRA. PREFEITA MUNICIPAL DE CASCAVEL CEARÁ, SOLICITANDO A TROCA DAS LÂMPADAS ATUAIS POR LÂMPADAS DE LED PARA A COMUNIDADE DE COAÇU.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/642/642_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO, ENDEREÇADO À EXCELENTÍSSIMA SENHORA FRANCISCA IVONETE MATEUS PEREIRA - PREFEITA MUNICIPAL DE CASCAVEL -CE, SOLICITANDO QUE SEJA AVALIADO A VIABILIDADE DA INSTALAÇÃO DE UM SEMÁFORO NO CRUZAMENTO ENTRE AS MAS PREFEITO LUIZ BENICIO SAMPAIO E JOÃO LOPEZ FERREIRA FILHO, PRÓXIMO A ANTIGA CNEC, O FLUXO DE CARROS É MUITO INTENSO E OS ACIDENTES SÃO ROTINEIROS.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/643/643_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO, ENDEREÇADO À EXCELENTÍSSIMA SENHORA FRANCISCA IVONETE MATEUS PEREIRA - PREFEITA MUNICIPAL DE CASCAVEL -CE, SOLICITANDO INFORMAÇÕES SOBRE O VALOR ARRECADADO PELO MUNICÍPIO COM A TAXA COSIP (CONTRIBUIÇÃO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA) E O CUSTO PARA A MANUTENÇÃO DO SERVIÇO.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/644/644_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REITERADO O CONTEÚDO DO REQUERIMENTO N. 0020/2018.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/645/645_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO AO SR. RAIMUNDO NONATO DE CASTRO LIMA - PRESIDENTE DO SINDSEM, CONVIDANDO-O A SE FAZER PRESENTE NESTA CASA LEGISLATIVA NA SESSÃO ORDINÁRIA DO DIA 04 DE DEZEMBRO DO CORRENTE ANO, ÀS 15:00 HORAS, PARA FAZER UMA EXPLANAÇÃO SOBRE O TRABALHO DO SINDICATO DOS SERVIDORES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/646/646_texto_integral.pdf</t>
+    <t>http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENVIADO OFICIO À FAMÍLIA DO SENHOR ADRIANO DE SOUZA NOGUEIRA, COMUNICANDO_x000D_
 VOTO DE PESAR, PELO SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE UMA AUDIÊNCIA PÚBLICA NA CÂMARA MUNICIPAL DE CASCAVEL, NO DIA 12 DE DEZEMBRO DE 2018 A PARTIR DAS 9HS EM RELAÇÃO AO ABANDONO DOS ANIMAIS.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>REQUER A RECUPERAÇÃO DA PRAÇA DA LOCALIDADE DE MANGABEIRA.</t>
   </si>
 </sst>
 </file>
@@ -3596,68 +3596,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2018/405/req_n._0030-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/sapl/public/materialegislativa/2018/405/req_n._0030-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/./sapl/public/materialegislativa/2018/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cascavel.ce.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H277"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="92.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="91.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>